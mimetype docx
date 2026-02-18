--- v0 (2025-11-12)
+++ v1 (2026-02-18)
@@ -1,55 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6DDB1C07" w14:textId="77777777" w:rsidR="0006232A" w:rsidRDefault="0006232A">
       <w:pPr>
         <w:framePr w:w="1888" w:h="774" w:hRule="exact" w:hSpace="142" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="9640" w:y="228"/>
         <w:spacing w:line="720" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica 65 Medium" w:hAnsi="Helvetica 65 Medium"/>
           <w:b/>
           <w:color w:val="808080"/>
           <w:sz w:val="60"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica 65 Medium" w:hAnsi="Helvetica 65 Medium"/>
           <w:b/>
           <w:color w:val="808080"/>
           <w:sz w:val="60"/>
         </w:rPr>
         <w:t>suva</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="09CF3707" w14:textId="77777777" w:rsidR="00EE0A7F" w:rsidRDefault="00EE0A7F">
@@ -1794,103 +1795,194 @@
       </w:r>
       <w:r w:rsidR="00027796">
         <w:t xml:space="preserve"> (Personendaten im Verantwortungsbereich der Suva)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C465DC">
         <w:t xml:space="preserve"> verwendet werden?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EF7FB5D" w14:textId="77777777" w:rsidR="00744C52" w:rsidRDefault="00744C52" w:rsidP="00744C52">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BFD724E" w14:textId="77777777" w:rsidR="008D6B95" w:rsidRDefault="008D6B95" w:rsidP="008D6B95">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="5670"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="033322C4" w14:textId="77777777" w:rsidR="00C465DC" w:rsidRDefault="001F14C0" w:rsidP="008D6B95">
+    <w:p w14:paraId="0499F90A" w14:textId="77C46D5B" w:rsidR="008565FA" w:rsidRDefault="001F14C0" w:rsidP="008565FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="5670"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="993" w:hanging="993"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:t>Falls ja: wie wird sichergestellt, dass</w:t>
       </w:r>
       <w:r w:rsidR="00C465DC" w:rsidRPr="00C465DC">
         <w:t xml:space="preserve"> Personendaten dem Projekt </w:t>
       </w:r>
       <w:r w:rsidR="00C465DC">
         <w:t xml:space="preserve">ausschliesslich </w:t>
       </w:r>
       <w:r w:rsidR="00C465DC">
         <w:tab/>
         <w:t xml:space="preserve">anonymisiert </w:t>
       </w:r>
       <w:r>
         <w:t>zur Verfügung stehen</w:t>
       </w:r>
       <w:r w:rsidR="00C465DC" w:rsidRPr="00C465DC">
         <w:t>?</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Wer anonymisiert?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C3008E2" w14:textId="77777777" w:rsidR="008D6B95" w:rsidRDefault="008D6B95" w:rsidP="008D6B95">
+    <w:p w14:paraId="2BFCF94C" w14:textId="77777777" w:rsidR="008565FA" w:rsidRDefault="008565FA" w:rsidP="008565FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="5670"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="993"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A708467" w14:textId="77777777" w:rsidR="00884261" w:rsidRPr="00A90656" w:rsidRDefault="00884261" w:rsidP="000E1816">
+    <w:p w14:paraId="243AC318" w14:textId="77777777" w:rsidR="008565FA" w:rsidRDefault="008565FA" w:rsidP="008565FA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="5670"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="993"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48132ED0" w14:textId="598A29A2" w:rsidR="008565FA" w:rsidRDefault="008565FA" w:rsidP="00DB02C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="5670"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="993" w:hanging="993"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008565FA">
+        <w:tab/>
+        <w:t>Auf welche Weise wird die Gesamtfinanzierung gewährleistet?</w:t>
+      </w:r>
+      <w:r w:rsidR="00A711F2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB02C6">
+        <w:br/>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00A711F2">
+        <w:t xml:space="preserve">llfällige weitere Einnahmen sind </w:t>
+      </w:r>
+      <w:r w:rsidR="00E922F7">
+        <w:t xml:space="preserve">im </w:t>
+      </w:r>
+      <w:r w:rsidR="00E922F7" w:rsidRPr="00E922F7">
+        <w:t xml:space="preserve">Finanzbericht / Rapport </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E922F7" w:rsidRPr="00E922F7">
+        <w:t>financier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E922F7">
+        <w:t xml:space="preserve"> anzugeben</w:t>
+      </w:r>
+      <w:r w:rsidR="00897DFD">
+        <w:t xml:space="preserve"> (siehe</w:t>
+      </w:r>
+      <w:r w:rsidR="00840EAC">
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F51A0B" w:rsidRPr="00F51A0B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00314FD3">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51A0B" w:rsidRPr="00F51A0B">
+        <w:t>etaillierter Kostenplan</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51A0B">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E922F7">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30C03488" w14:textId="77777777" w:rsidR="008565FA" w:rsidRDefault="008565FA" w:rsidP="003F2474">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="5670"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55A0BEF4" w14:textId="1866759B" w:rsidR="008565FA" w:rsidRPr="008565FA" w:rsidRDefault="00884261" w:rsidP="008565FA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="5670"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="992" w:hanging="992"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A90656">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Methodik</w:t>
       </w:r>
@@ -2700,127 +2792,125 @@
     </w:p>
     <w:p w14:paraId="25FA7DEA" w14:textId="77777777" w:rsidR="00884261" w:rsidRPr="00A90656" w:rsidRDefault="00884261" w:rsidP="004F6693">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="5670"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="992" w:hanging="992"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A90656">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Wesentliche zitierte übrige Publikationen als Volltext</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15BD53A0" w14:textId="77777777" w:rsidR="00884261" w:rsidRPr="00A90656" w:rsidRDefault="00884261" w:rsidP="004F6693">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="5670"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="992" w:hanging="992"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A90656">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Begleitschreiben Leiter der durchführenden Institution</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B3DDDE5" w14:textId="77777777" w:rsidR="00884261" w:rsidRPr="00A90656" w:rsidRDefault="00884261" w:rsidP="004F6693">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="5670"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="992" w:hanging="992"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A90656">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>CV Projektleiter</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="6A57763A" w14:textId="77777777" w:rsidR="00395CD7" w:rsidRDefault="00D541BD" w:rsidP="00884261">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D541BD">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Der Antragsteller nimmt zur Kenntnis und erklärt sich damit einverstanden, dass die Suva seinen Antrag inkl. Beilagen einem externen Reviewer zur Beurteilung unterbreiten kann.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="385F8BC0" w14:textId="77777777" w:rsidR="009F6BFF" w:rsidRDefault="009F6BFF" w:rsidP="00884261">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4481282E" w14:textId="0D33AA47" w:rsidR="009F6BFF" w:rsidRDefault="009F6BFF" w:rsidP="00884261">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -2963,70 +3053,70 @@
       </w:pPr>
       <w:r w:rsidRPr="00395CD7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Ort, Datum</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0095115C" w:rsidRPr="00395CD7" w:rsidSect="00EE0A7F">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="964" w:bottom="1418" w:left="1418" w:header="1021" w:footer="794" w:gutter="0"/>
       <w:paperSrc w:first="1" w:other="1"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="505DCB5B" w14:textId="77777777" w:rsidR="00CC2522" w:rsidRDefault="00CC2522">
+    <w:p w14:paraId="5B394937" w14:textId="77777777" w:rsidR="00260418" w:rsidRDefault="00260418">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3015B417" w14:textId="77777777" w:rsidR="00CC2522" w:rsidRDefault="00CC2522">
+    <w:p w14:paraId="787D4F29" w14:textId="77777777" w:rsidR="00260418" w:rsidRDefault="00260418">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -3062,64 +3152,64 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="LetterGothic">
     <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="157A4058" w14:textId="33BED90D" w:rsidR="008019AF" w:rsidRDefault="008019AF" w:rsidP="005D537E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="5670"/>
         <w:tab w:val="center" w:pos="4800"/>
         <w:tab w:val="right" w:pos="9500"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r w:rsidR="00A37676">
@@ -3173,51 +3263,51 @@
     </w:r>
     <w:r w:rsidR="00A37676">
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="004D32A2">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00A37676">
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="285CCAA2" w14:textId="5D56B355" w:rsidR="008019AF" w:rsidRDefault="008B119A" w:rsidP="005D537E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="5670"/>
         <w:tab w:val="left" w:pos="2600"/>
         <w:tab w:val="right" w:pos="9500"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="29"/>
       </w:rPr>
       <w:t>AW-995d/B</w:t>
     </w:r>
     <w:r w:rsidR="00935422">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="29"/>
@@ -3295,89 +3385,89 @@
     </w:r>
     <w:r w:rsidR="00A37676">
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="004D32A2">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00A37676">
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="30C45E9B" w14:textId="77777777" w:rsidR="00CC2522" w:rsidRDefault="00CC2522">
+    <w:p w14:paraId="3C195BAD" w14:textId="77777777" w:rsidR="00260418" w:rsidRDefault="00260418">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36AE4181" w14:textId="77777777" w:rsidR="00CC2522" w:rsidRDefault="00CC2522">
+    <w:p w14:paraId="0503A645" w14:textId="77777777" w:rsidR="00260418" w:rsidRDefault="00260418">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0BF02FD4" w14:textId="77777777" w:rsidR="008019AF" w:rsidRDefault="008019AF">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="18679409" w14:textId="77777777" w:rsidR="008019AF" w:rsidRDefault="008019AF">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17AF5439"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC2A1DC0"/>
     <w:lvl w:ilvl="0" w:tplc="B22A83D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punkt"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1437"/>
         </w:tabs>
         <w:ind w:left="227" w:firstLine="850"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -5610,305 +5700,322 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="719943135">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="0"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:drawingGridVerticalSpacing w:val="136"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="AutoTrayTATO" w:val="off"/>
-    <w:docVar w:name="dgnword-docGUID" w:val="{657D3652-32C9-4A7A-9876-9DB67146E392}"/>
-    <w:docVar w:name="dgnword-eventsink" w:val="231361368"/>
+    <w:docVar w:name="dgnword-docGUID" w:val="{212279C1-8770-4AE1-B8C4-1598CD76878B}"/>
+    <w:docVar w:name="dgnword-eventsink" w:val="1965855929792"/>
     <w:docVar w:name="DokNameDeutsch" w:val="Bericht AVOR"/>
     <w:docVar w:name="DokNameFranz" w:val="Notice AVOR"/>
     <w:docVar w:name="DokNameItal" w:val="Nota AVOR"/>
     <w:docVar w:name="OhneGruss" w:val="Yes"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00C40174"/>
     <w:rsid w:val="000010D6"/>
     <w:rsid w:val="00003E7F"/>
     <w:rsid w:val="0001015A"/>
     <w:rsid w:val="00017910"/>
     <w:rsid w:val="00024DE8"/>
     <w:rsid w:val="00027796"/>
     <w:rsid w:val="0006232A"/>
     <w:rsid w:val="00066573"/>
     <w:rsid w:val="00067892"/>
     <w:rsid w:val="00072B80"/>
     <w:rsid w:val="000858DA"/>
     <w:rsid w:val="00087D68"/>
     <w:rsid w:val="000A2072"/>
+    <w:rsid w:val="000A4DD7"/>
     <w:rsid w:val="000E1816"/>
     <w:rsid w:val="000E6D29"/>
     <w:rsid w:val="000F2CC4"/>
     <w:rsid w:val="000F7732"/>
     <w:rsid w:val="00103431"/>
     <w:rsid w:val="001342AB"/>
     <w:rsid w:val="00156B5A"/>
     <w:rsid w:val="00180427"/>
     <w:rsid w:val="00182DD4"/>
     <w:rsid w:val="001915B3"/>
     <w:rsid w:val="001A333B"/>
     <w:rsid w:val="001B174C"/>
     <w:rsid w:val="001D0FCA"/>
     <w:rsid w:val="001F14C0"/>
     <w:rsid w:val="00203805"/>
     <w:rsid w:val="0021452E"/>
     <w:rsid w:val="00237660"/>
     <w:rsid w:val="002462A3"/>
+    <w:rsid w:val="00260418"/>
     <w:rsid w:val="00263DD8"/>
     <w:rsid w:val="0026498C"/>
     <w:rsid w:val="00272FA3"/>
     <w:rsid w:val="002B0464"/>
     <w:rsid w:val="002B11D8"/>
     <w:rsid w:val="002B5290"/>
+    <w:rsid w:val="002C195D"/>
     <w:rsid w:val="002D56A6"/>
     <w:rsid w:val="002D6DEE"/>
+    <w:rsid w:val="00314FD3"/>
     <w:rsid w:val="0035742B"/>
     <w:rsid w:val="00395CD7"/>
     <w:rsid w:val="003A1F53"/>
     <w:rsid w:val="003A63F6"/>
     <w:rsid w:val="003C7964"/>
     <w:rsid w:val="003D2063"/>
     <w:rsid w:val="003E1846"/>
     <w:rsid w:val="003E7EBA"/>
+    <w:rsid w:val="003F2474"/>
     <w:rsid w:val="003F29F1"/>
     <w:rsid w:val="00456F2A"/>
     <w:rsid w:val="004603F7"/>
     <w:rsid w:val="004A0231"/>
     <w:rsid w:val="004A2F42"/>
     <w:rsid w:val="004C0409"/>
     <w:rsid w:val="004D32A2"/>
     <w:rsid w:val="004D648B"/>
     <w:rsid w:val="004F0F98"/>
     <w:rsid w:val="004F6693"/>
     <w:rsid w:val="005020C2"/>
     <w:rsid w:val="005168BF"/>
     <w:rsid w:val="005371F5"/>
     <w:rsid w:val="00567792"/>
     <w:rsid w:val="005A4F5D"/>
     <w:rsid w:val="005B3A00"/>
     <w:rsid w:val="005D537E"/>
     <w:rsid w:val="005D6A00"/>
     <w:rsid w:val="005D724B"/>
     <w:rsid w:val="005E157D"/>
     <w:rsid w:val="005F55F9"/>
     <w:rsid w:val="0063261B"/>
     <w:rsid w:val="00644893"/>
     <w:rsid w:val="006530D2"/>
     <w:rsid w:val="00671BD8"/>
     <w:rsid w:val="00680341"/>
     <w:rsid w:val="006818EB"/>
     <w:rsid w:val="00697446"/>
     <w:rsid w:val="006A1AFD"/>
     <w:rsid w:val="006B1A93"/>
     <w:rsid w:val="006D2060"/>
     <w:rsid w:val="006E035A"/>
     <w:rsid w:val="006E6061"/>
+    <w:rsid w:val="007221F1"/>
     <w:rsid w:val="00724EFB"/>
     <w:rsid w:val="00732075"/>
     <w:rsid w:val="007339A1"/>
     <w:rsid w:val="00744C52"/>
     <w:rsid w:val="00766056"/>
     <w:rsid w:val="007709AB"/>
     <w:rsid w:val="0077260D"/>
     <w:rsid w:val="00773CA8"/>
     <w:rsid w:val="00787D72"/>
     <w:rsid w:val="0079153A"/>
     <w:rsid w:val="007C0E61"/>
     <w:rsid w:val="007D50C2"/>
     <w:rsid w:val="007E1E66"/>
     <w:rsid w:val="007F1959"/>
     <w:rsid w:val="008019AF"/>
     <w:rsid w:val="00806987"/>
     <w:rsid w:val="00810D8F"/>
     <w:rsid w:val="008265A6"/>
     <w:rsid w:val="00830B56"/>
+    <w:rsid w:val="00830FA9"/>
+    <w:rsid w:val="00840EAC"/>
+    <w:rsid w:val="008565FA"/>
     <w:rsid w:val="0087663F"/>
     <w:rsid w:val="00884261"/>
     <w:rsid w:val="00891AF8"/>
+    <w:rsid w:val="00897DFD"/>
     <w:rsid w:val="008A246A"/>
     <w:rsid w:val="008A570A"/>
     <w:rsid w:val="008B119A"/>
     <w:rsid w:val="008C7CA9"/>
     <w:rsid w:val="008D6B95"/>
     <w:rsid w:val="008F2E30"/>
     <w:rsid w:val="00915F1C"/>
     <w:rsid w:val="009166BC"/>
     <w:rsid w:val="009251DA"/>
     <w:rsid w:val="009315E2"/>
     <w:rsid w:val="00935422"/>
     <w:rsid w:val="0095115C"/>
     <w:rsid w:val="00951FBE"/>
     <w:rsid w:val="00955877"/>
     <w:rsid w:val="00962864"/>
+    <w:rsid w:val="009A39D2"/>
     <w:rsid w:val="009B58A5"/>
     <w:rsid w:val="009D108B"/>
     <w:rsid w:val="009F263A"/>
     <w:rsid w:val="009F6BFF"/>
     <w:rsid w:val="00A13E1C"/>
     <w:rsid w:val="00A37676"/>
     <w:rsid w:val="00A477A5"/>
     <w:rsid w:val="00A52D62"/>
+    <w:rsid w:val="00A711F2"/>
     <w:rsid w:val="00A87D74"/>
     <w:rsid w:val="00A90656"/>
     <w:rsid w:val="00A9211D"/>
     <w:rsid w:val="00AB2673"/>
     <w:rsid w:val="00AE3B16"/>
     <w:rsid w:val="00B23989"/>
     <w:rsid w:val="00B246F7"/>
     <w:rsid w:val="00B64242"/>
     <w:rsid w:val="00B65546"/>
     <w:rsid w:val="00B731E1"/>
     <w:rsid w:val="00B94F7F"/>
     <w:rsid w:val="00BD5A54"/>
     <w:rsid w:val="00BE11F2"/>
     <w:rsid w:val="00BE3D31"/>
+    <w:rsid w:val="00BE606A"/>
     <w:rsid w:val="00C25631"/>
     <w:rsid w:val="00C35578"/>
     <w:rsid w:val="00C40174"/>
     <w:rsid w:val="00C41548"/>
     <w:rsid w:val="00C43F42"/>
     <w:rsid w:val="00C465DC"/>
     <w:rsid w:val="00C65BDF"/>
     <w:rsid w:val="00C8299B"/>
     <w:rsid w:val="00C851F4"/>
     <w:rsid w:val="00CA57AC"/>
     <w:rsid w:val="00CB07A4"/>
     <w:rsid w:val="00CC1377"/>
     <w:rsid w:val="00CC2522"/>
     <w:rsid w:val="00CD2832"/>
     <w:rsid w:val="00D17A40"/>
     <w:rsid w:val="00D47DA4"/>
     <w:rsid w:val="00D504ED"/>
     <w:rsid w:val="00D541BD"/>
     <w:rsid w:val="00D73209"/>
     <w:rsid w:val="00DA03A2"/>
+    <w:rsid w:val="00DB02C6"/>
     <w:rsid w:val="00DB6ED4"/>
     <w:rsid w:val="00DC635F"/>
+    <w:rsid w:val="00DD7EC1"/>
     <w:rsid w:val="00DF7C79"/>
     <w:rsid w:val="00E33A6C"/>
     <w:rsid w:val="00E454CB"/>
     <w:rsid w:val="00E5589A"/>
     <w:rsid w:val="00E74CF5"/>
+    <w:rsid w:val="00E922F7"/>
     <w:rsid w:val="00EB6415"/>
     <w:rsid w:val="00EE03A1"/>
     <w:rsid w:val="00EE0A7F"/>
     <w:rsid w:val="00EE1913"/>
     <w:rsid w:val="00F32D17"/>
+    <w:rsid w:val="00F34E15"/>
+    <w:rsid w:val="00F51A0B"/>
     <w:rsid w:val="00F52F3D"/>
     <w:rsid w:val="00F74762"/>
     <w:rsid w:val="00F75E3F"/>
     <w:rsid w:val="00F925FB"/>
     <w:rsid w:val="00FA20C9"/>
     <w:rsid w:val="00FB2241"/>
     <w:rsid w:val="00FB7D32"/>
     <w:rsid w:val="00FE235E"/>
     <w:rsid w:val="00FE3454"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3F08239F"/>
   <w15:docId w15:val="{70D5E239-EAB5-4EB1-A684-4FC76A92646B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6687,51 +6794,51 @@
     <w:link w:val="Kommentarthema"/>
     <w:semiHidden/>
     <w:rsid w:val="00EB6415"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berarbeitung">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005F55F9"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="682821445">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa-Design">
@@ -7010,80 +7117,86 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\AMA.XSL" StyleName="AMA" Version="1"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06EDCFD5-09E2-4785-A4C3-39846459F934}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{40f20d95-30f1-4757-92d7-5495691a0c29}" enabled="1" method="Privileged" siteId="{98616167-5668-4e66-acbf-925e81df8b00}" removed="0"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>487</Words>
-  <Characters>3075</Characters>
+  <Words>513</Words>
+  <Characters>3232</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
+  <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SUVA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3555</CharactersWithSpaces>
+  <CharactersWithSpaces>3738</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Anita Baggenstos</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KennungTATO">
     <vt:lpwstr>basissuva</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="SpracheTATO">
     <vt:lpwstr>D</vt:lpwstr>