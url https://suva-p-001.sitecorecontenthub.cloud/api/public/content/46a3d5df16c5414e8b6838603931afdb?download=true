--- v0 (2025-11-26)
+++ v1 (2026-03-13)
@@ -1,600 +1,763 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3BEE87C8" w14:textId="572C2941" w:rsidR="00BA0E0A" w:rsidRPr="00495754" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495754">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Formulaire «Conflits d’intérêts potentiels»</w:t>
+        <w:t>Formulaire</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00495754">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Conflits</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00495754">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’intérêts potentiels»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ABF6E2F" w14:textId="77777777" w:rsidR="00273FBB" w:rsidRPr="00495754" w:rsidRDefault="00273FBB" w:rsidP="00BA0E0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04099D7F" w14:textId="73590FC8" w:rsidR="00BA0E0A" w:rsidRPr="00495754" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495754">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation de conflits d’intérêts potentiels découlant de liens économiques ou personnels </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F544450" w14:textId="102E05B9" w:rsidR="00BA0E0A" w:rsidRPr="00495754" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
-[...46 lines deleted...]
-      <w:r w:rsidRPr="00495754">
+    <w:p w14:paraId="2F544450" w14:textId="1D67498E" w:rsidR="00BA0E0A" w:rsidRPr="00C9274A" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00495754">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les liens économiques ou personnels entre des auteurs ou autrices et des organisations peuvent donner lieu à un conflit d’intérêts. La déclaration de tels liens sert à garantir la transparence du processus de publication d’articles dans Suva Medical et de la discussion menée par des spécialistes à ce </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C9274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sujet. </w:t>
+      </w:r>
+      <w:r w:rsidR="009710C2" w:rsidRPr="00C9274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>À cet effet, il y a lieu de déclarer les liens d’intérêt potentiels des trois dernières années.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C9274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="743D762F" w14:textId="37606D9D" w:rsidR="00BA0E0A" w:rsidRPr="00C9274A" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C9274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Veuillez transmettre la déclaration des conflits d’intérêts potentiels après l’avoir dûment remplie et signée. Si plusieurs auteurs ou autrices ont participé au manuscrit, nous vous prions de bien vouloir </w:t>
+      </w:r>
+      <w:r w:rsidR="00210693" w:rsidRPr="00C9274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>remplir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C9274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la déclaration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495754">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> également au nom des autres auteurs ou autrices. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DCD0C7C" w14:textId="7339AE63" w:rsidR="00BA0E0A" w:rsidRPr="00C9274A" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C9274A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">La déclaration est une condition sine qua non pour l’acceptation et la publication de votre manuscrit. Elle est publiée avec l’article. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DDBAC21" w14:textId="79AA85BB" w:rsidR="00273FBB" w:rsidRPr="00495754" w:rsidRDefault="00273FBB" w:rsidP="00273FBB">
+    <w:p w14:paraId="2DDBAC21" w14:textId="79AA85BB" w:rsidR="00273FBB" w:rsidRPr="00C9274A" w:rsidRDefault="00273FBB" w:rsidP="00273FBB">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00495754">
+      <w:r w:rsidRPr="00C9274A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Titre du </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00495754">
+      <w:r w:rsidRPr="00C9274A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>manuscrit:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00495754">
+      <w:r w:rsidRPr="00C9274A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> …………………………………………………………………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1407DFEC" w14:textId="3B926146" w:rsidR="00273FBB" w:rsidRPr="00495754" w:rsidRDefault="00273FBB" w:rsidP="00273FBB">
+    <w:p w14:paraId="1407DFEC" w14:textId="3B926146" w:rsidR="00273FBB" w:rsidRPr="00C9274A" w:rsidRDefault="00273FBB" w:rsidP="00273FBB">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00495754">
+      <w:r w:rsidRPr="00C9274A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………..……………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="279101BB" w14:textId="09B3BAFD" w:rsidR="00BA0E0A" w:rsidRPr="00495754" w:rsidRDefault="007218CA" w:rsidP="00F57B6C">
+    <w:p w14:paraId="279101BB" w14:textId="42F801A8" w:rsidR="00BA0E0A" w:rsidRPr="00C9274A" w:rsidRDefault="007218CA" w:rsidP="00F57B6C">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="fr-FR"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00495754">
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C9274A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:sym w:font="Wingdings 2" w:char="F0A3"/>
       </w:r>
-      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00495754">
-[...9 lines deleted...]
-    <w:p w14:paraId="57ABAC10" w14:textId="56976969" w:rsidR="00273FBB" w:rsidRPr="00495754" w:rsidRDefault="007218CA" w:rsidP="00273FBB">
+      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00C9274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009710C2" w:rsidRPr="00C9274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Je déclare n’avoir pas entretenu, ces trois dernières années dans le cadre de mon article, de liens économiques ou personnels tels que définis ci-dessus, dépassant le cadre de mon activité professionnelle, de mon engagement et de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009710C2" w:rsidRPr="00C9274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>ma fonction actuels</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009710C2" w:rsidRPr="00C9274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> déclarés.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57ABAC10" w14:textId="2C9ADD89" w:rsidR="00273FBB" w:rsidRPr="00C9274A" w:rsidRDefault="007218CA" w:rsidP="00273FBB">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="fr-FR"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00495754">
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C9274A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:sym w:font="Wingdings 2" w:char="F0A3"/>
       </w:r>
-      <w:r w:rsidR="00BB4F74" w:rsidRPr="00495754">
+      <w:r w:rsidR="00BB4F74" w:rsidRPr="00C9274A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="fr-FR"/>
+          <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00273FBB" w:rsidRPr="00495754">
-[...9 lines deleted...]
-    <w:p w14:paraId="609391C5" w14:textId="30565805" w:rsidR="00BA0E0A" w:rsidRPr="00495754" w:rsidRDefault="007218CA" w:rsidP="00F57B6C">
+      <w:r w:rsidR="009710C2" w:rsidRPr="00C9274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Je déclare que nous, les auteurs et autrices du manuscrit, n’avons pas entretenu, ces trois dernières années dans le cadre de notre article, de liens économiques ou personnels tels que définis ci-dessus, dépassant le cadre de notre activité professionnelle, de notre engagement et de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009710C2" w:rsidRPr="00C9274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>notre fonction actuels</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009710C2" w:rsidRPr="00C9274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> déclarés.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="609391C5" w14:textId="4E881B46" w:rsidR="00BA0E0A" w:rsidRPr="00C9274A" w:rsidRDefault="007218CA" w:rsidP="00F57B6C">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="fr-FR"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00495754">
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C9274A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:sym w:font="Wingdings 2" w:char="F0A3"/>
       </w:r>
-      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00495754">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Les auteurs ou autrices du présent article ont entretenu, au cours des trois dernières années, les liens économiques ou personnels suivants: </w:t>
+      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00C9274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009710C2" w:rsidRPr="00C9274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les auteurs et autrices de cet article ont entretenu ces trois dernières années dans le cadre de l’article les liens économiques ou personnels ci-après dépassant le cadre de leur activité professionnelle, de leur engagement et de leur fonction actuels </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009710C2" w:rsidRPr="00C9274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>déclarés</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00C9274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00C9274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F4EF672" w14:textId="73515292" w:rsidR="00410A83" w:rsidRPr="00495754" w:rsidRDefault="00273FBB" w:rsidP="00410A83">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C9274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>NOM ……………………………………</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495754">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Liens …………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00495754">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00495754">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E4DB38" w14:textId="77777777" w:rsidR="00273FBB" w:rsidRPr="00495754" w:rsidRDefault="00273FBB" w:rsidP="00273FBB">
+      <w:pPr>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00495754">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>NOM …………………………………… Liens …………………………………………………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00495754">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00495754">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68E4DB38" w14:textId="77777777" w:rsidR="00273FBB" w:rsidRPr="00495754" w:rsidRDefault="00273FBB" w:rsidP="00273FBB">
+    <w:p w14:paraId="2EBADFFE" w14:textId="77777777" w:rsidR="00273FBB" w:rsidRPr="00495754" w:rsidRDefault="00273FBB" w:rsidP="00273FBB">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495754">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>NOM …………………………………… Liens …………………………………………………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00495754">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00495754">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EBADFFE" w14:textId="77777777" w:rsidR="00273FBB" w:rsidRPr="00495754" w:rsidRDefault="00273FBB" w:rsidP="00273FBB">
+    <w:p w14:paraId="522FD549" w14:textId="77777777" w:rsidR="00273FBB" w:rsidRPr="00495754" w:rsidRDefault="00273FBB" w:rsidP="00273FBB">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495754">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>NOM …………………………………… Liens …………………………………………………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00495754">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00495754">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="522FD549" w14:textId="77777777" w:rsidR="00273FBB" w:rsidRPr="00495754" w:rsidRDefault="00273FBB" w:rsidP="00273FBB">
+    <w:p w14:paraId="2906B5A2" w14:textId="77777777" w:rsidR="00F57B6C" w:rsidRPr="00495754" w:rsidRDefault="00F57B6C" w:rsidP="00F57B6C">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00495754">
-[...7 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A6E3A43" w14:textId="10162C56" w:rsidR="00F57B6C" w:rsidRPr="00495754" w:rsidRDefault="00F57B6C" w:rsidP="00BA0E0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30300709" w14:textId="77777777" w:rsidR="00273FBB" w:rsidRPr="00495754" w:rsidRDefault="00273FBB" w:rsidP="00BA0E0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64D57BE0" w14:textId="5B258BC1" w:rsidR="00BA0E0A" w:rsidRPr="00495754" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00495754">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>…….</w:t>
+        <w:t>Date:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00495754">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...49 lines deleted...]
-        <w:t xml:space="preserve">Date:  </w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D4623D7" w14:textId="77777777" w:rsidR="004126D0" w:rsidRPr="00495754" w:rsidRDefault="004126D0" w:rsidP="00BA0E0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CFE1FFB" w14:textId="7C1E4DD7" w:rsidR="00BA0E0A" w:rsidRPr="00495754" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495754">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Signature (auteur correspondant ou autrice correspondante): </w:t>
-[...40 lines deleted...]
-      </w:pPr>
+        <w:t>Signature (auteur correspondant ou autrice correspondante</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00495754">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00495754">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1969D116" w14:textId="0B86F1DE" w:rsidR="00A21261" w:rsidRDefault="00A21261" w:rsidP="00A21261">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3105"/>
         </w:tabs>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D82CA82" w14:textId="748E7D4C" w:rsidR="00BA0E0A" w:rsidRPr="00495754" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
@@ -602,51 +765,73 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A21261">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00F40BA1" w:rsidRPr="00495754">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Explications concernant le formulaire «Conflits d’intérêts potentiels»</w:t>
+        <w:t>Explications concernant le formulaire</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F40BA1" w:rsidRPr="00495754">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Conflits</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F40BA1" w:rsidRPr="00495754">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’intérêts potentiels»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="194A6470" w14:textId="77777777" w:rsidR="001264D2" w:rsidRPr="00495754" w:rsidRDefault="001264D2" w:rsidP="00BA0E0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05CA757F" w14:textId="7B7B76E7" w:rsidR="00BA0E0A" w:rsidRPr="00495754" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495754">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
@@ -745,51 +930,71 @@
       <w:r w:rsidRPr="00495754">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Par liens personnels, il faut entendre des liens avec une personne dont les intérêts économiques ou idéels sont affectés par l’article (p. ex. liens familiaux, partenariats ou relations personnelles avec des personnes habilitées à représenter une entreprise du secteur de la santé). L’affiliation à des sociétés spécialisées ou à des associations professionnelles concernées par l’article peut également générer un conflit d’intérêts</w:t>
       </w:r>
       <w:r w:rsidR="001C038D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00495754">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cela s’applique également aux intérêts particuliers et pertinents pour l’article, tels que les intérêts politiques, académiques (p. ex. l’appartenance à certaines «écoles»),</w:t>
+        <w:t xml:space="preserve"> Cela s’applique également aux intérêts particuliers et pertinents pour l’article, tels que les intérêts politiques, académiques (p. ex. l’appartenance à certaines</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00495754">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «écoles</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00495754">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>»),</w:t>
       </w:r>
       <w:r w:rsidR="00AA2273">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00495754">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">scientifiques ou personnels. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="444BF6E1" w14:textId="21690003" w:rsidR="00BA0E0A" w:rsidRPr="00495754" w:rsidRDefault="00BA0E0A" w:rsidP="004126D0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
@@ -874,135 +1079,143 @@
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495754">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">La rédaction </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00343FAF" w:rsidRPr="00495754">
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="137D3366" w14:textId="77777777" w:rsidR="00601B85" w:rsidRDefault="00601B85" w:rsidP="001F0F7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6368B86E" w14:textId="77777777" w:rsidR="00601B85" w:rsidRDefault="00601B85" w:rsidP="001F0F7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2449EB26" w14:textId="7BDFB98C" w:rsidR="001F0F7E" w:rsidRPr="00A21261" w:rsidRDefault="00A21261">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2449EB26" w14:textId="65F4E670" w:rsidR="001F0F7E" w:rsidRPr="00A21261" w:rsidRDefault="009710C2">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00A21261">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>28.10.2024/</w:t>
+      <w:t>16.01.2026</w:t>
+    </w:r>
+    <w:r w:rsidR="00A21261" w:rsidRPr="00A21261">
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>/</w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="00A21261">
+    <w:r w:rsidR="00A21261" w:rsidRPr="00A21261">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>roo</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="002D7775" w:rsidRPr="00A21261">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="005B4302" w:rsidRPr="00A21261">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
@@ -1079,77 +1292,77 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00486D5E" w:rsidRPr="00A21261">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00486D5E" w:rsidRPr="00A21261">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7217B0EF" w14:textId="77777777" w:rsidR="00601B85" w:rsidRDefault="00601B85" w:rsidP="001F0F7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1BD7A130" w14:textId="77777777" w:rsidR="00601B85" w:rsidRDefault="00601B85" w:rsidP="001F0F7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BA0E0A"/>
     <w:rsid w:val="000015B9"/>
     <w:rsid w:val="000045CC"/>
     <w:rsid w:val="00005AC2"/>
     <w:rsid w:val="000061AA"/>
     <w:rsid w:val="0000657D"/>
     <w:rsid w:val="00007FA5"/>
     <w:rsid w:val="000109E4"/>
@@ -1217,77 +1430,80 @@
     <w:rsid w:val="00136EF2"/>
     <w:rsid w:val="00137841"/>
     <w:rsid w:val="001419C8"/>
     <w:rsid w:val="001431F5"/>
     <w:rsid w:val="00143A6A"/>
     <w:rsid w:val="00147E29"/>
     <w:rsid w:val="00161891"/>
     <w:rsid w:val="00165151"/>
     <w:rsid w:val="00170504"/>
     <w:rsid w:val="00175455"/>
     <w:rsid w:val="00175FB0"/>
     <w:rsid w:val="001769FB"/>
     <w:rsid w:val="0017774B"/>
     <w:rsid w:val="0018270C"/>
     <w:rsid w:val="00182FC7"/>
     <w:rsid w:val="001835C1"/>
     <w:rsid w:val="001835FC"/>
     <w:rsid w:val="001846B2"/>
     <w:rsid w:val="001872CD"/>
     <w:rsid w:val="001877B8"/>
     <w:rsid w:val="00187E27"/>
     <w:rsid w:val="001926AF"/>
     <w:rsid w:val="00193BFB"/>
     <w:rsid w:val="00193C8D"/>
     <w:rsid w:val="001951B2"/>
+    <w:rsid w:val="001A3083"/>
     <w:rsid w:val="001A3C41"/>
     <w:rsid w:val="001A5280"/>
     <w:rsid w:val="001C038D"/>
     <w:rsid w:val="001C1D76"/>
     <w:rsid w:val="001C27BC"/>
     <w:rsid w:val="001C2D96"/>
     <w:rsid w:val="001C3F3D"/>
     <w:rsid w:val="001D02C5"/>
     <w:rsid w:val="001D39F0"/>
     <w:rsid w:val="001E0049"/>
     <w:rsid w:val="001E098D"/>
     <w:rsid w:val="001E1CB2"/>
     <w:rsid w:val="001E2CB4"/>
     <w:rsid w:val="001E316A"/>
     <w:rsid w:val="001E5263"/>
     <w:rsid w:val="001F0F7E"/>
     <w:rsid w:val="001F4785"/>
     <w:rsid w:val="001F54E6"/>
     <w:rsid w:val="0020537C"/>
+    <w:rsid w:val="00210693"/>
     <w:rsid w:val="00213EA9"/>
     <w:rsid w:val="00215F91"/>
     <w:rsid w:val="00221CE7"/>
     <w:rsid w:val="002224F7"/>
     <w:rsid w:val="0022253B"/>
     <w:rsid w:val="00223D3C"/>
     <w:rsid w:val="00227CDF"/>
     <w:rsid w:val="00235E11"/>
+    <w:rsid w:val="00241446"/>
     <w:rsid w:val="00242272"/>
     <w:rsid w:val="002531D4"/>
     <w:rsid w:val="0025404E"/>
     <w:rsid w:val="0025431B"/>
     <w:rsid w:val="00257245"/>
     <w:rsid w:val="002572F2"/>
     <w:rsid w:val="00260F98"/>
     <w:rsid w:val="00263ADF"/>
     <w:rsid w:val="00273FBB"/>
     <w:rsid w:val="00275083"/>
     <w:rsid w:val="00275812"/>
     <w:rsid w:val="00275FA7"/>
     <w:rsid w:val="0028035E"/>
     <w:rsid w:val="002833F2"/>
     <w:rsid w:val="002877ED"/>
     <w:rsid w:val="00293976"/>
     <w:rsid w:val="002945CC"/>
     <w:rsid w:val="0029719C"/>
     <w:rsid w:val="002A2620"/>
     <w:rsid w:val="002A3081"/>
     <w:rsid w:val="002A7C8E"/>
     <w:rsid w:val="002B2A17"/>
     <w:rsid w:val="002B7859"/>
     <w:rsid w:val="002C4698"/>
     <w:rsid w:val="002D1F16"/>
@@ -1606,50 +1822,51 @@
     <w:rsid w:val="008D75D0"/>
     <w:rsid w:val="008E15C5"/>
     <w:rsid w:val="008E1B95"/>
     <w:rsid w:val="008E6844"/>
     <w:rsid w:val="008E769B"/>
     <w:rsid w:val="008F2232"/>
     <w:rsid w:val="008F24BB"/>
     <w:rsid w:val="008F41F8"/>
     <w:rsid w:val="008F7647"/>
     <w:rsid w:val="00906C43"/>
     <w:rsid w:val="009106F2"/>
     <w:rsid w:val="00920813"/>
     <w:rsid w:val="0092191C"/>
     <w:rsid w:val="0092195A"/>
     <w:rsid w:val="0092337A"/>
     <w:rsid w:val="009235B6"/>
     <w:rsid w:val="00923631"/>
     <w:rsid w:val="009239FA"/>
     <w:rsid w:val="0092714D"/>
     <w:rsid w:val="00931A0F"/>
     <w:rsid w:val="009322AB"/>
     <w:rsid w:val="00937BD6"/>
     <w:rsid w:val="00945360"/>
     <w:rsid w:val="00945826"/>
     <w:rsid w:val="00950F58"/>
+    <w:rsid w:val="009710C2"/>
     <w:rsid w:val="00971B73"/>
     <w:rsid w:val="00971C46"/>
     <w:rsid w:val="009733BB"/>
     <w:rsid w:val="00975F8B"/>
     <w:rsid w:val="00975FF7"/>
     <w:rsid w:val="00980FE1"/>
     <w:rsid w:val="00982152"/>
     <w:rsid w:val="009839A0"/>
     <w:rsid w:val="00992A88"/>
     <w:rsid w:val="00996271"/>
     <w:rsid w:val="00996FBB"/>
     <w:rsid w:val="00997BDE"/>
     <w:rsid w:val="009A21EE"/>
     <w:rsid w:val="009A2DE5"/>
     <w:rsid w:val="009A50E5"/>
     <w:rsid w:val="009B03F6"/>
     <w:rsid w:val="009B0491"/>
     <w:rsid w:val="009B0BFE"/>
     <w:rsid w:val="009B49C7"/>
     <w:rsid w:val="009B7DB3"/>
     <w:rsid w:val="009D0F36"/>
     <w:rsid w:val="009D34D6"/>
     <w:rsid w:val="009D3D02"/>
     <w:rsid w:val="009D49D1"/>
     <w:rsid w:val="009D5F80"/>
@@ -1658,50 +1875,51 @@
     <w:rsid w:val="009E1734"/>
     <w:rsid w:val="009E2997"/>
     <w:rsid w:val="009E3EB4"/>
     <w:rsid w:val="009E4FE3"/>
     <w:rsid w:val="009E6CA0"/>
     <w:rsid w:val="009F12EE"/>
     <w:rsid w:val="009F20A2"/>
     <w:rsid w:val="009F249E"/>
     <w:rsid w:val="009F4729"/>
     <w:rsid w:val="009F6A63"/>
     <w:rsid w:val="009F792A"/>
     <w:rsid w:val="00A038F3"/>
     <w:rsid w:val="00A0429A"/>
     <w:rsid w:val="00A04330"/>
     <w:rsid w:val="00A066B9"/>
     <w:rsid w:val="00A07487"/>
     <w:rsid w:val="00A10D3D"/>
     <w:rsid w:val="00A14A2F"/>
     <w:rsid w:val="00A174CB"/>
     <w:rsid w:val="00A21261"/>
     <w:rsid w:val="00A242A0"/>
     <w:rsid w:val="00A24550"/>
     <w:rsid w:val="00A256DD"/>
     <w:rsid w:val="00A317A1"/>
     <w:rsid w:val="00A3365F"/>
+    <w:rsid w:val="00A37760"/>
     <w:rsid w:val="00A43CDA"/>
     <w:rsid w:val="00A51C0D"/>
     <w:rsid w:val="00A54B29"/>
     <w:rsid w:val="00A55A48"/>
     <w:rsid w:val="00A56B5B"/>
     <w:rsid w:val="00A628A5"/>
     <w:rsid w:val="00A64383"/>
     <w:rsid w:val="00A64FB1"/>
     <w:rsid w:val="00A6506E"/>
     <w:rsid w:val="00A67A62"/>
     <w:rsid w:val="00A70AC7"/>
     <w:rsid w:val="00A71010"/>
     <w:rsid w:val="00A835EB"/>
     <w:rsid w:val="00A84280"/>
     <w:rsid w:val="00A842A6"/>
     <w:rsid w:val="00A852B0"/>
     <w:rsid w:val="00A93690"/>
     <w:rsid w:val="00A95B51"/>
     <w:rsid w:val="00AA11EE"/>
     <w:rsid w:val="00AA2273"/>
     <w:rsid w:val="00AA257C"/>
     <w:rsid w:val="00AA3EA5"/>
     <w:rsid w:val="00AA6040"/>
     <w:rsid w:val="00AB5464"/>
     <w:rsid w:val="00AB54F0"/>
@@ -1764,50 +1982,51 @@
     <w:rsid w:val="00BF4897"/>
     <w:rsid w:val="00BF7501"/>
     <w:rsid w:val="00C00C42"/>
     <w:rsid w:val="00C02227"/>
     <w:rsid w:val="00C03C66"/>
     <w:rsid w:val="00C064A0"/>
     <w:rsid w:val="00C105A0"/>
     <w:rsid w:val="00C23FFF"/>
     <w:rsid w:val="00C3444E"/>
     <w:rsid w:val="00C35BA2"/>
     <w:rsid w:val="00C41AEA"/>
     <w:rsid w:val="00C42B88"/>
     <w:rsid w:val="00C43759"/>
     <w:rsid w:val="00C467FF"/>
     <w:rsid w:val="00C52FAD"/>
     <w:rsid w:val="00C53A2D"/>
     <w:rsid w:val="00C604C6"/>
     <w:rsid w:val="00C610B1"/>
     <w:rsid w:val="00C612E1"/>
     <w:rsid w:val="00C622E2"/>
     <w:rsid w:val="00C677F5"/>
     <w:rsid w:val="00C73DF7"/>
     <w:rsid w:val="00C772C8"/>
     <w:rsid w:val="00C8254F"/>
     <w:rsid w:val="00C87F7C"/>
+    <w:rsid w:val="00C9274A"/>
     <w:rsid w:val="00C934B6"/>
     <w:rsid w:val="00C93681"/>
     <w:rsid w:val="00CA0A0B"/>
     <w:rsid w:val="00CA1365"/>
     <w:rsid w:val="00CA18F2"/>
     <w:rsid w:val="00CA1AAE"/>
     <w:rsid w:val="00CA271B"/>
     <w:rsid w:val="00CA2E79"/>
     <w:rsid w:val="00CA40E1"/>
     <w:rsid w:val="00CA436D"/>
     <w:rsid w:val="00CA4802"/>
     <w:rsid w:val="00CB1805"/>
     <w:rsid w:val="00CC4501"/>
     <w:rsid w:val="00CC5D7F"/>
     <w:rsid w:val="00CD2748"/>
     <w:rsid w:val="00CD45E6"/>
     <w:rsid w:val="00CD5590"/>
     <w:rsid w:val="00CE16E2"/>
     <w:rsid w:val="00CE61E0"/>
     <w:rsid w:val="00CE69BE"/>
     <w:rsid w:val="00CF123E"/>
     <w:rsid w:val="00CF50C4"/>
     <w:rsid w:val="00D0297D"/>
     <w:rsid w:val="00D04E44"/>
     <w:rsid w:val="00D061F9"/>
@@ -1816,50 +2035,51 @@
     <w:rsid w:val="00D13D3B"/>
     <w:rsid w:val="00D16DCF"/>
     <w:rsid w:val="00D2089E"/>
     <w:rsid w:val="00D22C76"/>
     <w:rsid w:val="00D22F01"/>
     <w:rsid w:val="00D22F6F"/>
     <w:rsid w:val="00D262BD"/>
     <w:rsid w:val="00D27AE5"/>
     <w:rsid w:val="00D3072D"/>
     <w:rsid w:val="00D3143D"/>
     <w:rsid w:val="00D41B15"/>
     <w:rsid w:val="00D50BCE"/>
     <w:rsid w:val="00D51ECE"/>
     <w:rsid w:val="00D5337F"/>
     <w:rsid w:val="00D56A9A"/>
     <w:rsid w:val="00D56D36"/>
     <w:rsid w:val="00D56DBF"/>
     <w:rsid w:val="00D57460"/>
     <w:rsid w:val="00D642A0"/>
     <w:rsid w:val="00D709BF"/>
     <w:rsid w:val="00D70B06"/>
     <w:rsid w:val="00D71CB5"/>
     <w:rsid w:val="00D75841"/>
     <w:rsid w:val="00D8039F"/>
     <w:rsid w:val="00D80910"/>
+    <w:rsid w:val="00D80B35"/>
     <w:rsid w:val="00D9550F"/>
     <w:rsid w:val="00D96B0D"/>
     <w:rsid w:val="00DA0BB1"/>
     <w:rsid w:val="00DA577D"/>
     <w:rsid w:val="00DA5BB7"/>
     <w:rsid w:val="00DA7E2F"/>
     <w:rsid w:val="00DB633D"/>
     <w:rsid w:val="00DB788D"/>
     <w:rsid w:val="00DC5D08"/>
     <w:rsid w:val="00DC5E5B"/>
     <w:rsid w:val="00DD0B03"/>
     <w:rsid w:val="00DE000E"/>
     <w:rsid w:val="00DE6348"/>
     <w:rsid w:val="00DF60FE"/>
     <w:rsid w:val="00DF7FEF"/>
     <w:rsid w:val="00E112B1"/>
     <w:rsid w:val="00E12737"/>
     <w:rsid w:val="00E15623"/>
     <w:rsid w:val="00E17F99"/>
     <w:rsid w:val="00E24063"/>
     <w:rsid w:val="00E2705B"/>
     <w:rsid w:val="00E307C8"/>
     <w:rsid w:val="00E3383B"/>
     <w:rsid w:val="00E349C6"/>
     <w:rsid w:val="00E360FB"/>
@@ -1882,50 +2102,51 @@
     <w:rsid w:val="00EA03D1"/>
     <w:rsid w:val="00EA312E"/>
     <w:rsid w:val="00EA3B87"/>
     <w:rsid w:val="00EA6706"/>
     <w:rsid w:val="00EA6AE3"/>
     <w:rsid w:val="00EB03C1"/>
     <w:rsid w:val="00EB24E7"/>
     <w:rsid w:val="00EB2503"/>
     <w:rsid w:val="00EB44CE"/>
     <w:rsid w:val="00EB62F5"/>
     <w:rsid w:val="00EB72FA"/>
     <w:rsid w:val="00EB7ADF"/>
     <w:rsid w:val="00EC0E34"/>
     <w:rsid w:val="00ED187D"/>
     <w:rsid w:val="00ED2C90"/>
     <w:rsid w:val="00ED4806"/>
     <w:rsid w:val="00ED4930"/>
     <w:rsid w:val="00ED5D7F"/>
     <w:rsid w:val="00EE238F"/>
     <w:rsid w:val="00EE311A"/>
     <w:rsid w:val="00EE723B"/>
     <w:rsid w:val="00EF1B03"/>
     <w:rsid w:val="00EF2533"/>
     <w:rsid w:val="00EF5D8D"/>
     <w:rsid w:val="00EF7932"/>
+    <w:rsid w:val="00F02E1E"/>
     <w:rsid w:val="00F05AB1"/>
     <w:rsid w:val="00F0732F"/>
     <w:rsid w:val="00F141A8"/>
     <w:rsid w:val="00F24D2F"/>
     <w:rsid w:val="00F27E8A"/>
     <w:rsid w:val="00F31B41"/>
     <w:rsid w:val="00F349E1"/>
     <w:rsid w:val="00F36164"/>
     <w:rsid w:val="00F40718"/>
     <w:rsid w:val="00F40BA1"/>
     <w:rsid w:val="00F4294A"/>
     <w:rsid w:val="00F53E2B"/>
     <w:rsid w:val="00F57B6C"/>
     <w:rsid w:val="00F629FE"/>
     <w:rsid w:val="00F62D64"/>
     <w:rsid w:val="00F64D7B"/>
     <w:rsid w:val="00F673E8"/>
     <w:rsid w:val="00F80E8A"/>
     <w:rsid w:val="00F81D03"/>
     <w:rsid w:val="00F82E6F"/>
     <w:rsid w:val="00F84DF9"/>
     <w:rsid w:val="00F859B8"/>
     <w:rsid w:val="00F8755D"/>
     <w:rsid w:val="00F877BA"/>
     <w:rsid w:val="00F90FC0"/>
@@ -1966,51 +2187,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7BFAE3EC"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{545F9DAD-8B9C-42AB-8A94-1049FDC78D0E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2517,51 +2738,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="007218CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
     <w:name w:val="Kommentarthema Zchn"/>
     <w:basedOn w:val="KommentartextZchn"/>
     <w:link w:val="Kommentarthema"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007218CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="89593724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2848,70 +3069,70 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{40f20d95-30f1-4757-92d7-5495691a0c29}" enabled="1" method="Privileged" siteId="{98616167-5668-4e66-acbf-925e81df8b00}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>561</Words>
-  <Characters>3538</Characters>
+  <Words>617</Words>
+  <Characters>3890</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
+  <Lines>32</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4091</CharactersWithSpaces>
+  <CharactersWithSpaces>4499</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kunz Regina (RKU)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>