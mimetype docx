--- v0 (2025-11-26)
+++ v1 (2026-03-13)
@@ -1,52 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1A576528" w14:textId="2AF31746" w:rsidR="00E25C56" w:rsidRPr="00DB5987" w:rsidRDefault="00DB5987" w:rsidP="00C44AC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB5987">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Web- und Manuskriptvorlage </w:t>
       </w:r>
       <w:r w:rsidR="00E25C56" w:rsidRPr="00DB5987">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Suva Medical</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -64,51 +68,51 @@
       </w:r>
       <w:r w:rsidR="00843D08">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Checkliste </w:t>
       </w:r>
       <w:r w:rsidR="00E25C56" w:rsidRPr="00DB5987">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>für Autorinnen und Autoren</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58D6310B" w14:textId="77777777" w:rsidR="00CC3A29" w:rsidRDefault="00CC3A29" w:rsidP="00C44AC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3141E50F" w14:textId="2599C0F9" w:rsidR="004F3461" w:rsidRPr="00007029" w:rsidRDefault="00CC3A29" w:rsidP="00C44AC3">
+    <w:p w14:paraId="3141E50F" w14:textId="442D7B87" w:rsidR="004F3461" w:rsidRPr="00007029" w:rsidRDefault="00CC3A29" w:rsidP="00C44AC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007029">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die </w:t>
       </w:r>
       <w:r w:rsidR="00843D08" w:rsidRPr="00007029">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Checkliste </w:t>
       </w:r>
       <w:r w:rsidRPr="00007029">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">enthält einen </w:t>
       </w:r>
       <w:r w:rsidR="004F3461" w:rsidRPr="00007029">
@@ -147,51 +151,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> mit Informationen zum Manuskript</w:t>
       </w:r>
       <w:r w:rsidR="004F3461" w:rsidRPr="00007029">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: Formatierung, Genderregeln, Copyright</w:t>
       </w:r>
       <w:r w:rsidR="00307FC0" w:rsidRPr="00007029">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F032B" w:rsidRPr="00007029">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">und </w:t>
       </w:r>
       <w:r w:rsidR="00CC58CE" w:rsidRPr="00007029">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Interessenskon</w:t>
+        <w:t>Interessenkon</w:t>
       </w:r>
       <w:r w:rsidR="003370DE" w:rsidRPr="00007029">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="00CC58CE" w:rsidRPr="00007029">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">likt </w:t>
       </w:r>
       <w:r w:rsidR="00307FC0" w:rsidRPr="00007029">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>sowie den Anhang.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40513422" w14:textId="77777777" w:rsidR="00CC3A29" w:rsidRPr="006178DC" w:rsidRDefault="00CC3A29" w:rsidP="00C44AC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
@@ -255,98 +259,106 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>u. Anhang)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E25C56" w:rsidRPr="001C54AF" w14:paraId="641262D0" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="292" w:type="dxa"/>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9030" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w14:paraId="598F2885" w14:textId="22E366BB" w:rsidR="0007438A" w:rsidRPr="001C54AF" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
+          <w:p w14:paraId="598F2885" w14:textId="75BA64FE" w:rsidR="0007438A" w:rsidRPr="001C54AF" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Autor/in und Co-Autoren</w:t>
             </w:r>
             <w:r w:rsidR="00307FC0" w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00307FC0" w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>autorinnen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> und o</w:t>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>rganisatorische Anbindung</w:t>
+            </w:r>
+            <w:r w:rsidR="00E2717E">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (nur eine Anbindung)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E25C56" w:rsidRPr="001C54AF" w14:paraId="45B8030E" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="292" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9030" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="21BCBEE3" w14:textId="2542C086" w:rsidR="00E25C56" w:rsidRPr="001C54AF" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="32599E"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -781,64 +793,78 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9030" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="4E06A7CA" w14:textId="77777777" w:rsidR="00E25C56" w:rsidRPr="001C54AF" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Korrespondenzadresse</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="705FCC51" w14:textId="77777777" w:rsidR="00E25C56" w:rsidRPr="001C54AF" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
+          <w:p w14:paraId="705FCC51" w14:textId="386FEA39" w:rsidR="00E25C56" w:rsidRPr="001C54AF" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Titel, Vorname, Name, Institution ist obligatorisch</w:t>
+              <w:t>Titel, Vorname, Name, Institution</w:t>
+            </w:r>
+            <w:r w:rsidR="00E2717E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, Adresse</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C54AF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ist obligatorisch</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F5A0EDF" w14:textId="5ABBDF06" w:rsidR="0007438A" w:rsidRPr="001C54AF" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tel Verwendung nur durch die Suva für allfällige Nachfragen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E25C56" w:rsidRPr="001C54AF" w14:paraId="0EB442B1" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="292" w:type="dxa"/>
         </w:trPr>
         <w:tc>
@@ -916,140 +942,162 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CB98FF8" w14:textId="77777777" w:rsidR="00E25C56" w:rsidRPr="001C54AF" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
+          <w:p w14:paraId="0CB98FF8" w14:textId="5EF7C59C" w:rsidR="00E25C56" w:rsidRPr="001C54AF" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="de-CH"/>
               </w:rPr>
-              <w:t>Dr. Maxime Musterfrau</w:t>
+              <w:t xml:space="preserve">Dr. </w:t>
+            </w:r>
+            <w:r w:rsidR="000819D2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">med. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C54AF">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="de-CH"/>
+              </w:rPr>
+              <w:t>Maxime Musterfrau</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="45D4E660" w14:textId="77777777" w:rsidR="00E25C56" w:rsidRPr="001C54AF" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Suva Versicherungsmedizin </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1396BD15" w14:textId="77777777" w:rsidR="00E25C56" w:rsidRPr="001C54AF" w:rsidRDefault="004B572F" w:rsidP="00C44AC3">
+          <w:p w14:paraId="1396BD15" w14:textId="77777777" w:rsidR="00E25C56" w:rsidRPr="001C54AF" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
-              <w:r w:rsidR="00E25C56" w:rsidRPr="001C54AF">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidRPr="001C54AF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>m</w:t>
               </w:r>
-              <w:r w:rsidR="00E25C56" w:rsidRPr="001C54AF">
+              <w:r w:rsidRPr="001C54AF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:eastAsia="de-CH"/>
                 </w:rPr>
                 <w:t>axime.musterfrau</w:t>
               </w:r>
-              <w:r w:rsidR="00E25C56" w:rsidRPr="001C54AF">
+              <w:r w:rsidRPr="001C54AF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:eastAsia="de-CH"/>
                 </w:rPr>
                 <w:t>@suva.ch</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00E25C56" w:rsidRPr="001C54AF">
+            <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03D49DBE" w14:textId="545387C0" w:rsidR="00E25C56" w:rsidRPr="001C54AF" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="de-CH"/>
               </w:rPr>
@@ -1221,51 +1269,51 @@
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="00307FC0" w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">uf der Web-Eingangsseite zur neuen Ausgabe (= «Teaser-Titel» auf </w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidR="001C54AF" w:rsidRPr="001C54AF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>suva.ch/</w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
               <w:r w:rsidR="001C54AF" w:rsidRPr="001C54AF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>medical</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r w:rsidR="00307FC0" w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
@@ -1429,74 +1477,106 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="46756AC9" w14:textId="77777777" w:rsidR="00E25C56" w:rsidRPr="001C54AF" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E25C56" w:rsidRPr="001C54AF" w14:paraId="70A85CED" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="292" w:type="dxa"/>
           <w:trHeight w:val="1351"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9030" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w14:paraId="0EE169A7" w14:textId="77777777" w:rsidR="00E25C56" w:rsidRPr="001C54AF" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
+          <w:p w14:paraId="0EE169A7" w14:textId="3F67AA02" w:rsidR="00E25C56" w:rsidRPr="001C54AF" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Lead-Text </w:t>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(‘Vorspann’)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00A224B1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C54AF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Vorspann</w:t>
+            </w:r>
+            <w:r w:rsidR="00A224B1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C54AF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49635783" w14:textId="30D04A7F" w:rsidR="001C54AF" w:rsidRPr="001C54AF" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Maximal 300 Zeichen (inkl. Leerzeichen). </w:t>
             </w:r>
             <w:r w:rsidR="00CC3A29" w:rsidRPr="001C54AF">
@@ -1555,51 +1635,51 @@
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00E154C3" w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">teht </w:t>
             </w:r>
             <w:r w:rsidR="001C54AF" w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">in fetter Schrift auf </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidR="001C54AF" w:rsidRPr="001C54AF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>suva.ch/</w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
               <w:r w:rsidR="001C54AF" w:rsidRPr="001C54AF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>medical</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r w:rsidR="001C54AF">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
@@ -2172,132 +2252,142 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="433479E8" w14:textId="74BB79B8" w:rsidR="0007438A" w:rsidRPr="001C54AF" w:rsidRDefault="0007438A" w:rsidP="00C44AC3">
-            <w:pPr>
+          <w:p w14:paraId="433479E8" w14:textId="0C4D600A" w:rsidR="0007438A" w:rsidRPr="001C54AF" w:rsidRDefault="00B56856" w:rsidP="00B56856">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="890"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00375552" w:rsidRPr="001C54AF" w14:paraId="35282D01" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:gridAfter w:val="2"/>
           <w:wBefore w:w="112" w:type="dxa"/>
           <w:wAfter w:w="217" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6CE55998" w14:textId="6D0CF7F3" w:rsidR="00375552" w:rsidRPr="001C54AF" w:rsidRDefault="004B572F" w:rsidP="004B572F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2280"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0046048C" w:rsidRPr="001C54AF" w14:paraId="202FBFF3" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9286" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="0A1409ED" w14:textId="1C41DDA0" w:rsidR="0046048C" w:rsidRPr="001C54AF" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
+          <w:p w14:paraId="0A1409ED" w14:textId="06F1DC0E" w:rsidR="0046048C" w:rsidRPr="001C54AF" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Teil B: Formatierung, Genderregeln, Copyright</w:t>
             </w:r>
             <w:r w:rsidR="00CC58CE" w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>, Interessenskonflikt</w:t>
+              <w:t>, Interessenkonflikt</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FA60C38" w14:textId="0C17DA08" w:rsidR="0046048C" w:rsidRPr="001C54AF" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0046048C" w:rsidRPr="001C54AF" w14:paraId="4EBDA78A" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9286" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="52E35590" w14:textId="77777777" w:rsidR="0046048C" w:rsidRPr="001C54AF" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
@@ -2584,95 +2674,95 @@
               </w:rPr>
               <w:t>Referenzen ohne Bezug zum Manuskript gehören nicht in das Literaturverzeichnis.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2412DAC2" w14:textId="77777777" w:rsidR="0046048C" w:rsidRPr="00504783" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00504783">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Die Nummerierung erfolgt mit arabischen Ziffern (1, 2, 3,</w:t>
+              <w:t xml:space="preserve">Die Nummerierung erfolgt mit arabischen Ziffern (1, 2, </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00504783">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ....</w:t>
+              <w:t>3, ....</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00504783">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="025F03CC" w14:textId="270F4B4F" w:rsidR="0046048C" w:rsidRPr="00504783" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00504783">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Journaltitel wird gemäss Katalog der </w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="00504783">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve">National </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
               <w:r w:rsidRPr="00504783">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Libraray</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
               <w:r w:rsidRPr="00504783">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
@@ -2681,130 +2771,124 @@
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
               <w:r w:rsidRPr="00504783">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>of</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
               <w:r w:rsidRPr="00504783">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t xml:space="preserve"> Medicine, NLM (</w:t>
-[...21 lines deleted...]
-                <w:t>)</w:t>
+                <w:t xml:space="preserve"> Medicine, NLM (PubMed)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00504783">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00504783">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>abgekürzt</w:t>
             </w:r>
             <w:r w:rsidR="009D4758" w:rsidRPr="00504783">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="122148E2" w14:textId="77777777" w:rsidR="0046048C" w:rsidRPr="00504783" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
+          <w:p w14:paraId="122148E2" w14:textId="0793C9F3" w:rsidR="0046048C" w:rsidRPr="00504783" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00504783">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Bei Quellenangaben muss die Quelle von der Autorin geprüft worden sein. Die Angabe von Quellenangaben besagt, dass der Autor die Quelle gelesen hat.</w:t>
+              <w:t>Bei Quellenangaben muss die Quelle von der Autorin geprüft worden sein. Die Angabe von Quellenangaben besagt, dass d</w:t>
+            </w:r>
+            <w:r w:rsidR="000819D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ie Autorin/der </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00504783">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Autor die Quelle gelesen hat.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21F5BA2E" w14:textId="10C8DB03" w:rsidR="0046048C" w:rsidRPr="00504783" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00504783">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Im gesamten Manuskript wird ein einheitlicher Zitierungsstil verwendet (s. u.)</w:t>
             </w:r>
@@ -2819,51 +2903,51 @@
           </w:p>
           <w:p w14:paraId="6AF44A67" w14:textId="77777777" w:rsidR="0046048C" w:rsidRPr="00504783" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00504783">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Falls vorhanden, bitte </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="00504783">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>d</w:t>
               </w:r>
               <w:r w:rsidRPr="00504783">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                   <w:bCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ie </w:t>
               </w:r>
               <w:r w:rsidRPr="00504783">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
@@ -2895,69 +2979,51 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00504783">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00504783">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Identifyer</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00504783">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">) ist eine Identifikationsnummer, welche Online-Artikel eindeutig identifiziert. Man findet die Nummer in </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve">) ist eine Identifikationsnummer, welche Online-Artikel eindeutig identifiziert. Man findet die Nummer in PubMed. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38D74D80" w14:textId="77777777" w:rsidR="0046048C" w:rsidRPr="00504783" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="36C4F98C" w14:textId="449054CC" w:rsidR="0046048C" w:rsidRPr="00504783" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00504783">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
@@ -3119,110 +3185,116 @@
               </w:rPr>
               <w:t xml:space="preserve"> PA. </w:t>
             </w:r>
             <w:r w:rsidRPr="00504783">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="de-CH"/>
               </w:rPr>
               <w:t>Classification of surgical complications: a new proposal with evaluation in a cohort of 6336 patients. Ann Surg. 2004;240(2):205-213.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5550E847" w14:textId="77777777" w:rsidR="0046048C" w:rsidRPr="00504783" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1BEBC9AE" w14:textId="4DA4D192" w:rsidR="0046048C" w:rsidRPr="00504783" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
+          <w:p w14:paraId="1BEBC9AE" w14:textId="4B52BC92" w:rsidR="0046048C" w:rsidRPr="00504783" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00504783">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Beim Literaturformat werden bis zu sechs Autoren aufgeführt</w:t>
-[...7 lines deleted...]
-              <w:t>. W</w:t>
+              <w:t xml:space="preserve">Beim Literaturformat </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7E16">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>werden bis zu sechs Autor</w:t>
+            </w:r>
+            <w:r w:rsidR="000819D2" w:rsidRPr="00CC7E16">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>innen und Autor</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7E16">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>en aufgeführt</w:t>
+            </w:r>
+            <w:r w:rsidR="000819D2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, w</w:t>
             </w:r>
             <w:r w:rsidRPr="00504783">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">eitere Autorinnen werden unter et al. ergänzt. Die Kurzform des Journaltitels erfolgt </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">gemäss </w:t>
+              <w:t xml:space="preserve">eitere werden unter et al. ergänzt. Die Kurzform des Journaltitels erfolgt gemäss </w:t>
             </w:r>
             <w:r w:rsidR="00255C93">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>des Katalogs</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> der National Library </w:t>
+              <w:t xml:space="preserve">des Katalogs der National Library </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00255C93">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00255C93">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Medicine </w:t>
             </w:r>
             <w:r w:rsidRPr="00504783">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3400,71 +3472,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="51A37C6E" w14:textId="74E58D56" w:rsidR="0046048C" w:rsidRPr="00255C93" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00255C93">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Finger ME, De </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> R, Nowak D, </w:t>
+              <w:t xml:space="preserve">Finger ME, De Bie R, Nowak D, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00255C93">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Escorpizo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00255C93">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> R. Development and Testing of an ICF-based questionnaire to evaluate functioning in vocational rehabilitation: The Work Rehabilitation Questionnaire (WORQ). In: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00255C93">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
@@ -3566,51 +3618,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">International Consortium of Outcome Measurements (ICHOM) [Internet]. </w:t>
             </w:r>
             <w:r w:rsidRPr="00255C93">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Verfügbar unter:</w:t>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:color w:val="7030A0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidRPr="00255C93">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                   <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>https://ichom.org</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00255C93">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00255C93">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3658,62 +3710,62 @@
           <w:p w14:paraId="1F9BD982" w14:textId="77777777" w:rsidR="0046048C" w:rsidRPr="00255C93" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00255C93">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum medizinische Register Schweiz. SAQM/FMH, Bern [Internet]. Verfügbar unter: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38F415B0" w14:textId="64FC7AF6" w:rsidR="0046048C" w:rsidRPr="006E1CA8" w:rsidRDefault="004B572F" w:rsidP="00C44AC3">
+          <w:p w14:paraId="38F415B0" w14:textId="64FC7AF6" w:rsidR="0046048C" w:rsidRPr="006E1CA8" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidR="0046048C" w:rsidRPr="001C54AF">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidRPr="001C54AF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>https://www.fmh.ch/themen/qualitaet-saqm/register/medizinische-register.cfm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="06F0C307" w14:textId="4496B0FB" w:rsidR="0046048C" w:rsidRPr="00255C93" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00255C93">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3907,73 +3959,51 @@
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Disclaimer am </w:t>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anfang des Textes mit einmaliger Nennung beider Geschlechter (Ärztin und Arzt) und dem Hinweis, dass der weitere Text in einem Geschlecht verfasst wurde (nur weibliche oder männliche Form), aber </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> gemeint sind (z. B. «Ärztin und Arzt, nachfolgend Ärztin») </w:t>
+              <w:t xml:space="preserve">Anfang des Textes mit einmaliger Nennung beider Geschlechter (Ärztin und Arzt) und dem Hinweis, dass der weitere Text in einem Geschlecht verfasst wurde (nur weibliche oder männliche Form), aber beide Gender gemeint sind (z. B. «Ärztin und Arzt, nachfolgend Ärztin») </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A37EB6A" w14:textId="77777777" w:rsidR="00362FBF" w:rsidRPr="001C54AF" w:rsidRDefault="00362FBF" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:after="60" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
@@ -4005,64 +4035,92 @@
           <w:wAfter w:w="36" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9286" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="1E4A23E6" w14:textId="77777777" w:rsidR="00362FBF" w:rsidRPr="001C54AF" w:rsidRDefault="00362FBF" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Copyright</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="20DDADB2" w14:textId="77777777" w:rsidR="00362FBF" w:rsidRPr="001C54AF" w:rsidRDefault="00362FBF" w:rsidP="00C44AC3">
+          <w:p w14:paraId="20DDADB2" w14:textId="1AF319DF" w:rsidR="00362FBF" w:rsidRPr="001C54AF" w:rsidRDefault="00362FBF" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:after="60" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mit der Bestätigung ‚Gut für Online’ versichert der Autor, dass er allein befugt ist, über die </w:t>
+              <w:t xml:space="preserve">Mit der Bestätigung </w:t>
+            </w:r>
+            <w:r w:rsidR="000819D2">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C54AF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gut für Online</w:t>
+            </w:r>
+            <w:r w:rsidR="000819D2">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C54AF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> versichert der Autor, dass er allein befugt ist, über die </w:t>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>urheberrechtlichen</w:t>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nutzungsrechte an seinem Beitrag einschliesslich eventueller Bildvorlagen, Zeichnungen, Pläne, Karten, Skizzen und Tabellen zu verfügen und dass der Beitrag keine Rechte Dritter verletzt.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3EAA414B" w14:textId="77777777" w:rsidR="00362FBF" w:rsidRDefault="00362FBF" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:after="60" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -4073,127 +4131,141 @@
               </w:rPr>
               <w:t xml:space="preserve">Weitere Implikationen zum Copyright s. Autorenrichtlinien Suva Medical </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70B4E548" w14:textId="7E19CBBE" w:rsidR="00255C93" w:rsidRPr="001C54AF" w:rsidRDefault="00255C93" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:after="60" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E1CA8" w:rsidRPr="001C54AF" w14:paraId="7D3E3818" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9286" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="168F5E99" w14:textId="77777777" w:rsidR="006E1CA8" w:rsidRPr="001C54AF" w:rsidRDefault="006E1CA8" w:rsidP="006E1CA8">
+          <w:p w14:paraId="168F5E99" w14:textId="1CD33225" w:rsidR="006E1CA8" w:rsidRPr="001C54AF" w:rsidRDefault="009F43E1" w:rsidP="006E1CA8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="152CC3C4" w14:textId="77777777" w:rsidR="006E1CA8" w:rsidRDefault="006E1CA8" w:rsidP="006E1CA8">
+            <w:r w:rsidRPr="001C54AF">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Potenzielle</w:t>
+            </w:r>
+            <w:r w:rsidR="006E1CA8" w:rsidRPr="001C54AF">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Interessenkonflikte </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="152CC3C4" w14:textId="368AB94A" w:rsidR="006E1CA8" w:rsidRDefault="006E1CA8" w:rsidP="006E1CA8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Wirtschaftliche oder persönliche Verbindungen zwischen Autoren und Organisationen können einen Interessenkonflikt zur Folge haben. Eine Offenlegung solcher Verbindungen soll helfen, den Prozess der Publikation von Beiträgen im Suva Medical transparent und sachlich zu gestalten. Dazu bitten wir Autor</w:t>
-[...31 lines deleted...]
-              <w:t>, mögliche Verbindungen aus den vergangenen drei Jahren offenzulegen. Die Erklärung ist notwendige Voraussetzung für die Annahme und Publikation des jeweiligen Artikels.</w:t>
+              <w:t xml:space="preserve">Wirtschaftliche oder persönliche Verbindungen zwischen </w:t>
+            </w:r>
+            <w:r w:rsidR="00B26FAC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Autorinnen sowie </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C54AF">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Autoren und Organisationen können einen Interessenkonflikt zur Folge haben. Eine Offenlegung solcher Verbindungen soll helfen, den Prozess der Publikation von Beiträgen im Suva Medical transparent und sachlich zu gestalten. Dazu bitten wir </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF2DF6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>die Autorenschaft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C54AF">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="006F3225">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>potenzielle Interessenbindungen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C54AF">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aus den vergangenen drei Jahren offenzulegen. Die Erklärung ist notwendige Voraussetzung für die Annahme und Publikation des jeweiligen Artikels.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Die Offenlegung </w:t>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">wird zusammen mit dem </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Artikel </w:t>
             </w:r>
@@ -4241,107 +4313,121 @@
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Möglicher </w:t>
             </w:r>
             <w:r w:rsidR="006E1CA8" w:rsidRPr="006E1CA8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Interessenkonflikt</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6009B776" w14:textId="76794189" w:rsidR="006E1CA8" w:rsidRPr="001C54AF" w:rsidRDefault="006E1CA8" w:rsidP="006E1CA8">
+          <w:p w14:paraId="6009B776" w14:textId="4B8E8F77" w:rsidR="006E1CA8" w:rsidRPr="001C54AF" w:rsidRDefault="006E1CA8" w:rsidP="006E1CA8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E1CA8">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Offenlegung allfälliger wirtschaftlicher oder persönlicher Verbindungen zwischen Autor und Organisationen</w:t>
+              <w:t>Offenlegung allfälliger wirtschaftlicher oder persönlicher Verbindungen zwischen Autor</w:t>
+            </w:r>
+            <w:r w:rsidR="000819D2">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/Autorin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E1CA8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> und Organisationen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00375552" w:rsidRPr="001C54AF" w14:paraId="738A6A0A" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9322" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="6EA3857D" w14:textId="4DB98BA8" w:rsidR="00CC58CE" w:rsidRPr="002C32A9" w:rsidRDefault="002C32A9" w:rsidP="00C44AC3">
+          <w:p w14:paraId="6EA3857D" w14:textId="02F31E28" w:rsidR="00CC58CE" w:rsidRPr="002C32A9" w:rsidRDefault="002C32A9" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Offenlegung </w:t>
             </w:r>
             <w:r w:rsidR="00D26947">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">möglicher </w:t>
             </w:r>
             <w:r w:rsidR="00CC58CE" w:rsidRPr="002C32A9">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Interessenskonflikt</w:t>
+              <w:t>Interessenkonflikt</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1244F5FD" w14:textId="77777777" w:rsidR="00CC58CE" w:rsidRPr="001C54AF" w:rsidRDefault="00CC58CE" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3CC78FA7" w14:textId="4DCCD025" w:rsidR="00235F7E" w:rsidRDefault="00235F7E" w:rsidP="00C44AC3"/>
     <w:p w14:paraId="1720827F" w14:textId="77777777" w:rsidR="00B524F5" w:rsidRDefault="00B524F5" w:rsidP="00C44AC3">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56514724" w14:textId="77777777" w:rsidR="00B524F5" w:rsidRDefault="00B524F5" w:rsidP="00C44AC3">
@@ -4425,110 +4511,146 @@
               <w:t xml:space="preserve"> Co-Au</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>toren/innen und organisatorische Anbindung</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00485BB0" w14:paraId="0037DBE5" w14:textId="77777777" w:rsidTr="00956252">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="776812FB" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRDefault="00485BB0" w:rsidP="00956252">
+          <w:p w14:paraId="776812FB" w14:textId="30A8396F" w:rsidR="00485BB0" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D90BE1">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Dr. Max Muster, Chirurgie,</w:t>
+              <w:t xml:space="preserve">Dr. </w:t>
+            </w:r>
+            <w:r w:rsidR="00E2717E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">med. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90BE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Max Muster, Chirurgie,</w:t>
             </w:r>
             <w:r w:rsidRPr="00D90BE1">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Suva Versicherungsmedizin</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6EAD0F7B" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00533616" w:rsidRDefault="00485BB0" w:rsidP="00956252">
+          <w:p w14:paraId="6EAD0F7B" w14:textId="065A137D" w:rsidR="00485BB0" w:rsidRPr="00533616" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Dr. Maxime Musterfrau, Neurorehabilitation, Universitätsspital Basel</w:t>
+              <w:t xml:space="preserve">Dr. </w:t>
+            </w:r>
+            <w:r w:rsidR="00E2717E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">med. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Maxime Musterfrau, Neurorehabilitation, Universitätsspital Basel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00485BB0" w14:paraId="32E6F7E0" w14:textId="77777777" w:rsidTr="00956252">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="79FB9D8E" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="001C54AF" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
@@ -4568,140 +4690,173 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tel Verwendung nur durch die Suva für allfällige Nachfragen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00485BB0" w14:paraId="54C485EF" w14:textId="77777777" w:rsidTr="00956252">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="61C02204" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00D90BE1" w:rsidRDefault="00485BB0" w:rsidP="00956252">
+          <w:p w14:paraId="61C02204" w14:textId="23CBFBC4" w:rsidR="00485BB0" w:rsidRPr="00D90BE1" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D90BE1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="de-CH"/>
               </w:rPr>
-              <w:t>Dr. Maxime Musterfrau</w:t>
+              <w:t>Dr.</w:t>
+            </w:r>
+            <w:r w:rsidR="001C1880">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A224B1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="de-CH"/>
+              </w:rPr>
+              <w:t>med.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90BE1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Maxime Musterfrau</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22E5E4E6" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00D90BE1" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D90BE1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Suva Versicherungsmedizin </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="688AFF2E" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00D90BE1" w:rsidRDefault="004B572F" w:rsidP="00956252">
+          <w:p w14:paraId="688AFF2E" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00D90BE1" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
-              <w:r w:rsidR="00485BB0" w:rsidRPr="00D90BE1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r w:rsidRPr="00D90BE1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>m</w:t>
               </w:r>
-              <w:r w:rsidR="00485BB0" w:rsidRPr="00D90BE1">
+              <w:r w:rsidRPr="00D90BE1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:eastAsia="de-CH"/>
                 </w:rPr>
                 <w:t>axime.musterfrau</w:t>
               </w:r>
-              <w:r w:rsidR="00485BB0" w:rsidRPr="00D90BE1">
+              <w:r w:rsidRPr="00D90BE1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:eastAsia="de-CH"/>
                 </w:rPr>
                 <w:t>@suva.ch</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00485BB0" w:rsidRPr="00D90BE1">
+            <w:r w:rsidRPr="00D90BE1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="376C6752" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00273ED4" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D90BE1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4847,51 +5002,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="25EDF056" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="001C54AF" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">auf der Web-Eingangsseite zur neuen Ausgabe (= «Teaser-Titel» auf </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="001C54AF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>suva.ch/</w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
               <w:r w:rsidRPr="001C54AF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>medical</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
@@ -5036,74 +5191,106 @@
               <w:rPr>
                 <w:i/>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> n= 55)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00485BB0" w14:paraId="6B2B1982" w14:textId="77777777" w:rsidTr="00956252">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="79D9EA23" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="001C54AF" w:rsidRDefault="00485BB0" w:rsidP="00956252">
+          <w:p w14:paraId="79D9EA23" w14:textId="50C4F2BC" w:rsidR="00485BB0" w:rsidRPr="001C54AF" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Lead-Text </w:t>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(‘Vorspann’)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="000819D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C54AF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Vorspann</w:t>
+            </w:r>
+            <w:r w:rsidR="000819D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00A224B1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37F84929" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="001C54AF" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Maximal 300 Zeichen (inkl. Leerzeichen). Eine Überschreitung der Zeichenzahl wird von der Redaktion gekürzt. </w:t>
             </w:r>
           </w:p>
@@ -5125,51 +5312,51 @@
           </w:p>
           <w:p w14:paraId="7846643A" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="001C54AF" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">steht in fetter Schrift auf </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidRPr="001C54AF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>suva.ch/</w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
               <w:r w:rsidRPr="001C54AF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>medical</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
@@ -5723,65 +5910,79 @@
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Möglicher </w:t>
             </w:r>
             <w:r w:rsidR="00485BB0" w:rsidRPr="003B0DBE">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Interessenkonflikt</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14551288" w14:textId="5F18D186" w:rsidR="00485BB0" w:rsidRPr="00007029" w:rsidRDefault="00485BB0" w:rsidP="00956252">
+          <w:p w14:paraId="14551288" w14:textId="41B95EF6" w:rsidR="00485BB0" w:rsidRPr="00007029" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:spacing w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007029">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Offenlegung allfälliger wirtschaftlicher oder persönlicher Verbindungen zwischen Autor und Organisationen.</w:t>
+              <w:t>Offenlegung allfälliger wirtschaftlicher oder persönlicher Verbindungen zwischen Autor</w:t>
+            </w:r>
+            <w:r w:rsidR="00880843">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/Autorin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00007029">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> und Organisationen.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Verlinkung zum Formular – Offenlegung </w:t>
             </w:r>
             <w:r w:rsidR="00781934">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">möglicher </w:t>
             </w:r>
             <w:r>
@@ -5812,166 +6013,173 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00235F7E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">BEISPIEL einer ausgefüllten Webvorlage </w:t>
       </w:r>
       <w:r w:rsidRPr="00485BB0">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>(s. oben Teil A)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00956252" w:rsidRPr="00485BB0" w:rsidSect="004935F4">
-      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="851" w:right="1418" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7F072182" w14:textId="77777777" w:rsidR="00533616" w:rsidRDefault="00533616" w:rsidP="00533616">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="00103BC6" w14:textId="77777777" w:rsidR="00533616" w:rsidRDefault="00533616" w:rsidP="00533616">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="32597571" w14:textId="51421421" w:rsidR="005C1CD6" w:rsidRPr="003370DE" w:rsidRDefault="004B572F" w:rsidP="005C1CD6">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="32597571" w14:textId="7CF8AA1C" w:rsidR="005C1CD6" w:rsidRPr="003370DE" w:rsidRDefault="00B56856" w:rsidP="005C1CD6">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>28.10.2024/</w:t>
+      <w:t>16.01.2026</w:t>
+    </w:r>
+    <w:r w:rsidR="004B572F">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>/</w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r>
+    <w:r w:rsidR="004B572F">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>roo</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="005C1CD6">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00956252">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="005C1CD6">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
@@ -6078,76 +6286,76 @@
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003370DE">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="003370DE">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="784B4334" w14:textId="77777777" w:rsidR="00533616" w:rsidRDefault="00533616" w:rsidP="00533616">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5D0A3A1B" w14:textId="77777777" w:rsidR="00533616" w:rsidRDefault="00533616" w:rsidP="00533616">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1913256A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B8505070"/>
     <w:lvl w:ilvl="0" w:tplc="C34837A8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Webdings" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Webdings" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7851,194 +8059,203 @@
   <w:num w:numId="9" w16cid:durableId="367873290">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1793399264">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="69891215">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1886257830">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1877809134">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1033534370">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="511141588">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="53249"/>
+    <o:shapedefaults v:ext="edit" spidmax="71681"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E25C56"/>
     <w:rsid w:val="0000411F"/>
+    <w:rsid w:val="0000642C"/>
     <w:rsid w:val="00007029"/>
     <w:rsid w:val="0001558C"/>
     <w:rsid w:val="0002243F"/>
     <w:rsid w:val="0002445D"/>
     <w:rsid w:val="00025880"/>
     <w:rsid w:val="00026660"/>
     <w:rsid w:val="00026827"/>
     <w:rsid w:val="00026999"/>
+    <w:rsid w:val="000271E0"/>
     <w:rsid w:val="000471FC"/>
     <w:rsid w:val="00047519"/>
     <w:rsid w:val="00060ACB"/>
     <w:rsid w:val="00064833"/>
     <w:rsid w:val="00066A80"/>
     <w:rsid w:val="00066F57"/>
     <w:rsid w:val="0007409F"/>
     <w:rsid w:val="0007438A"/>
     <w:rsid w:val="000760A3"/>
     <w:rsid w:val="00080319"/>
+    <w:rsid w:val="000819D2"/>
     <w:rsid w:val="000849C0"/>
     <w:rsid w:val="00087075"/>
     <w:rsid w:val="00087C84"/>
     <w:rsid w:val="000A1F59"/>
     <w:rsid w:val="000A2F11"/>
     <w:rsid w:val="000A4586"/>
     <w:rsid w:val="000A568C"/>
     <w:rsid w:val="000B708B"/>
     <w:rsid w:val="000C0715"/>
     <w:rsid w:val="000C5162"/>
     <w:rsid w:val="000D304D"/>
     <w:rsid w:val="000D5B16"/>
     <w:rsid w:val="000E3BC8"/>
     <w:rsid w:val="000E726E"/>
     <w:rsid w:val="000E7990"/>
     <w:rsid w:val="000F0424"/>
     <w:rsid w:val="000F7792"/>
     <w:rsid w:val="001036AB"/>
     <w:rsid w:val="0011289F"/>
     <w:rsid w:val="001325B1"/>
     <w:rsid w:val="00142C62"/>
     <w:rsid w:val="0014642E"/>
     <w:rsid w:val="0015239C"/>
     <w:rsid w:val="0015390E"/>
+    <w:rsid w:val="00160643"/>
     <w:rsid w:val="00165275"/>
     <w:rsid w:val="0016620A"/>
     <w:rsid w:val="001668C0"/>
     <w:rsid w:val="00167169"/>
     <w:rsid w:val="001702CE"/>
     <w:rsid w:val="001707B4"/>
     <w:rsid w:val="00170EC7"/>
     <w:rsid w:val="0017398F"/>
     <w:rsid w:val="00175541"/>
+    <w:rsid w:val="0018184E"/>
     <w:rsid w:val="00181A2F"/>
     <w:rsid w:val="001842B4"/>
     <w:rsid w:val="0019602E"/>
     <w:rsid w:val="001A53B7"/>
     <w:rsid w:val="001B61E7"/>
+    <w:rsid w:val="001C1880"/>
     <w:rsid w:val="001C54AF"/>
     <w:rsid w:val="001D3187"/>
     <w:rsid w:val="001E7980"/>
     <w:rsid w:val="00204D5D"/>
     <w:rsid w:val="00206E9B"/>
     <w:rsid w:val="00207372"/>
     <w:rsid w:val="00221B77"/>
+    <w:rsid w:val="00223EF7"/>
     <w:rsid w:val="00224E26"/>
     <w:rsid w:val="00231885"/>
     <w:rsid w:val="0023502B"/>
     <w:rsid w:val="00235F7E"/>
     <w:rsid w:val="00236743"/>
     <w:rsid w:val="00253785"/>
     <w:rsid w:val="00255C93"/>
     <w:rsid w:val="0025665B"/>
     <w:rsid w:val="0026062C"/>
     <w:rsid w:val="00267DD1"/>
     <w:rsid w:val="002735DD"/>
     <w:rsid w:val="0027470D"/>
     <w:rsid w:val="00276469"/>
     <w:rsid w:val="002769F0"/>
     <w:rsid w:val="00276A9F"/>
     <w:rsid w:val="002775EC"/>
     <w:rsid w:val="002811B5"/>
     <w:rsid w:val="002854E8"/>
     <w:rsid w:val="00291D27"/>
     <w:rsid w:val="00295CEF"/>
     <w:rsid w:val="002A0C88"/>
     <w:rsid w:val="002A563C"/>
     <w:rsid w:val="002B077F"/>
     <w:rsid w:val="002C32A9"/>
     <w:rsid w:val="002C360F"/>
+    <w:rsid w:val="002D1D83"/>
     <w:rsid w:val="002E4216"/>
     <w:rsid w:val="002F131D"/>
     <w:rsid w:val="002F139C"/>
     <w:rsid w:val="002F1AD8"/>
     <w:rsid w:val="003005DA"/>
     <w:rsid w:val="00307FC0"/>
     <w:rsid w:val="00312F16"/>
     <w:rsid w:val="00314FB1"/>
     <w:rsid w:val="0032552F"/>
     <w:rsid w:val="003258A2"/>
     <w:rsid w:val="00335283"/>
     <w:rsid w:val="003370DE"/>
     <w:rsid w:val="00344A82"/>
     <w:rsid w:val="00355A45"/>
     <w:rsid w:val="00355D31"/>
     <w:rsid w:val="00356706"/>
     <w:rsid w:val="00361F4A"/>
     <w:rsid w:val="00362FBF"/>
     <w:rsid w:val="00366E69"/>
     <w:rsid w:val="00372047"/>
     <w:rsid w:val="00374A19"/>
     <w:rsid w:val="00375552"/>
     <w:rsid w:val="0038333B"/>
     <w:rsid w:val="003B05FE"/>
     <w:rsid w:val="003B0DBE"/>
     <w:rsid w:val="003B224F"/>
     <w:rsid w:val="003B6559"/>
     <w:rsid w:val="003B6ACE"/>
     <w:rsid w:val="003B6B56"/>
     <w:rsid w:val="003C08E0"/>
     <w:rsid w:val="003C3C5E"/>
     <w:rsid w:val="003E096B"/>
+    <w:rsid w:val="003F34E3"/>
     <w:rsid w:val="0040022B"/>
     <w:rsid w:val="004039ED"/>
     <w:rsid w:val="00403EB0"/>
     <w:rsid w:val="00415392"/>
     <w:rsid w:val="00416ABC"/>
     <w:rsid w:val="004232FB"/>
     <w:rsid w:val="004275AB"/>
     <w:rsid w:val="0043455D"/>
     <w:rsid w:val="00443E7D"/>
     <w:rsid w:val="00445BD5"/>
     <w:rsid w:val="00445CE1"/>
     <w:rsid w:val="0045715C"/>
     <w:rsid w:val="0046048C"/>
     <w:rsid w:val="00461542"/>
     <w:rsid w:val="00485BB0"/>
     <w:rsid w:val="00486A6E"/>
     <w:rsid w:val="004872B8"/>
     <w:rsid w:val="0049153E"/>
     <w:rsid w:val="004935F4"/>
     <w:rsid w:val="00495852"/>
     <w:rsid w:val="00497232"/>
     <w:rsid w:val="004B0F04"/>
     <w:rsid w:val="004B159D"/>
     <w:rsid w:val="004B2490"/>
     <w:rsid w:val="004B572F"/>
@@ -8068,401 +8285,430 @@
     <w:rsid w:val="0057739D"/>
     <w:rsid w:val="0058343C"/>
     <w:rsid w:val="005849C9"/>
     <w:rsid w:val="005917EB"/>
     <w:rsid w:val="005932EE"/>
     <w:rsid w:val="005941A4"/>
     <w:rsid w:val="005A4ADC"/>
     <w:rsid w:val="005B0950"/>
     <w:rsid w:val="005B61E6"/>
     <w:rsid w:val="005C0B44"/>
     <w:rsid w:val="005C1CD6"/>
     <w:rsid w:val="005C6B12"/>
     <w:rsid w:val="005D1908"/>
     <w:rsid w:val="005D70C3"/>
     <w:rsid w:val="005D71B4"/>
     <w:rsid w:val="005E181E"/>
     <w:rsid w:val="005E2BF6"/>
     <w:rsid w:val="005E645B"/>
     <w:rsid w:val="005F049A"/>
     <w:rsid w:val="005F66FB"/>
     <w:rsid w:val="006007B6"/>
     <w:rsid w:val="00601DFC"/>
     <w:rsid w:val="0060294C"/>
     <w:rsid w:val="00617276"/>
     <w:rsid w:val="006178DC"/>
+    <w:rsid w:val="00622BF7"/>
     <w:rsid w:val="006243DF"/>
     <w:rsid w:val="006345F1"/>
     <w:rsid w:val="00635E43"/>
     <w:rsid w:val="00640C21"/>
     <w:rsid w:val="00641BA3"/>
     <w:rsid w:val="00641D28"/>
     <w:rsid w:val="00651583"/>
     <w:rsid w:val="00654C0B"/>
     <w:rsid w:val="006631B9"/>
     <w:rsid w:val="0066409E"/>
     <w:rsid w:val="00675FF0"/>
     <w:rsid w:val="00680D00"/>
     <w:rsid w:val="00682522"/>
     <w:rsid w:val="006825B4"/>
     <w:rsid w:val="00693863"/>
     <w:rsid w:val="00695A82"/>
     <w:rsid w:val="006A0302"/>
     <w:rsid w:val="006A0542"/>
     <w:rsid w:val="006A427B"/>
     <w:rsid w:val="006A5ED4"/>
     <w:rsid w:val="006B3BD8"/>
     <w:rsid w:val="006B4CF6"/>
     <w:rsid w:val="006C19F4"/>
     <w:rsid w:val="006C1EB7"/>
     <w:rsid w:val="006C6E9E"/>
     <w:rsid w:val="006E1CA8"/>
     <w:rsid w:val="006E1D54"/>
     <w:rsid w:val="006E1F2D"/>
     <w:rsid w:val="006E3065"/>
     <w:rsid w:val="006E63B2"/>
     <w:rsid w:val="006F032B"/>
+    <w:rsid w:val="006F3225"/>
     <w:rsid w:val="007046CA"/>
     <w:rsid w:val="007143F6"/>
     <w:rsid w:val="00716241"/>
     <w:rsid w:val="00722E3B"/>
     <w:rsid w:val="007250D5"/>
     <w:rsid w:val="00733A54"/>
     <w:rsid w:val="00735E08"/>
     <w:rsid w:val="00746422"/>
     <w:rsid w:val="007620F5"/>
     <w:rsid w:val="00766A2E"/>
     <w:rsid w:val="007736EF"/>
     <w:rsid w:val="00776F8D"/>
     <w:rsid w:val="0077722D"/>
     <w:rsid w:val="00781934"/>
     <w:rsid w:val="00784AD9"/>
     <w:rsid w:val="007879E1"/>
     <w:rsid w:val="00787EE6"/>
+    <w:rsid w:val="007900F0"/>
     <w:rsid w:val="00796E05"/>
     <w:rsid w:val="007A1805"/>
     <w:rsid w:val="007A2041"/>
     <w:rsid w:val="007A2061"/>
     <w:rsid w:val="007A5581"/>
+    <w:rsid w:val="007B0776"/>
     <w:rsid w:val="007B22D8"/>
+    <w:rsid w:val="007B7AF4"/>
     <w:rsid w:val="007C226C"/>
     <w:rsid w:val="007C3EF3"/>
     <w:rsid w:val="007C562E"/>
     <w:rsid w:val="007C5BBF"/>
     <w:rsid w:val="007C7642"/>
     <w:rsid w:val="007D28CB"/>
     <w:rsid w:val="007D40B8"/>
     <w:rsid w:val="007D5F3D"/>
     <w:rsid w:val="007E6B7F"/>
     <w:rsid w:val="007F0AEB"/>
     <w:rsid w:val="007F49BB"/>
     <w:rsid w:val="0080139D"/>
     <w:rsid w:val="00804FC1"/>
     <w:rsid w:val="00810109"/>
     <w:rsid w:val="008119E6"/>
     <w:rsid w:val="00821CEE"/>
     <w:rsid w:val="00823078"/>
     <w:rsid w:val="008278CA"/>
     <w:rsid w:val="008357C9"/>
     <w:rsid w:val="0083799F"/>
     <w:rsid w:val="00840B9E"/>
     <w:rsid w:val="00843D08"/>
     <w:rsid w:val="00846466"/>
     <w:rsid w:val="00851E5D"/>
     <w:rsid w:val="00860A94"/>
     <w:rsid w:val="008728E1"/>
+    <w:rsid w:val="00877DBE"/>
+    <w:rsid w:val="00880843"/>
     <w:rsid w:val="00886377"/>
     <w:rsid w:val="00886DE3"/>
     <w:rsid w:val="00887BC4"/>
     <w:rsid w:val="00892FAF"/>
     <w:rsid w:val="008947CB"/>
     <w:rsid w:val="008A4FD6"/>
     <w:rsid w:val="008B17D4"/>
     <w:rsid w:val="008B4C50"/>
     <w:rsid w:val="008B6481"/>
     <w:rsid w:val="008C0616"/>
+    <w:rsid w:val="008C14D2"/>
     <w:rsid w:val="008C5431"/>
     <w:rsid w:val="008D1B43"/>
     <w:rsid w:val="008F0EF2"/>
     <w:rsid w:val="00905EDC"/>
     <w:rsid w:val="0092177B"/>
     <w:rsid w:val="00932D45"/>
     <w:rsid w:val="00941ECE"/>
     <w:rsid w:val="0094251F"/>
+    <w:rsid w:val="00942797"/>
     <w:rsid w:val="00943FCA"/>
     <w:rsid w:val="009508C9"/>
     <w:rsid w:val="00951058"/>
     <w:rsid w:val="00956252"/>
     <w:rsid w:val="00960D5D"/>
     <w:rsid w:val="00980687"/>
     <w:rsid w:val="00982B47"/>
     <w:rsid w:val="00982BC2"/>
+    <w:rsid w:val="00986F01"/>
     <w:rsid w:val="0099646F"/>
+    <w:rsid w:val="0099704E"/>
     <w:rsid w:val="0099736C"/>
     <w:rsid w:val="009A3311"/>
     <w:rsid w:val="009A4699"/>
+    <w:rsid w:val="009C1680"/>
     <w:rsid w:val="009C46B1"/>
     <w:rsid w:val="009C6C69"/>
     <w:rsid w:val="009C7AB2"/>
     <w:rsid w:val="009D0740"/>
     <w:rsid w:val="009D4758"/>
     <w:rsid w:val="009E18B8"/>
     <w:rsid w:val="009F41C9"/>
+    <w:rsid w:val="009F43E1"/>
     <w:rsid w:val="009F71CA"/>
     <w:rsid w:val="00A03538"/>
     <w:rsid w:val="00A1313A"/>
     <w:rsid w:val="00A135BC"/>
     <w:rsid w:val="00A15F94"/>
     <w:rsid w:val="00A17DF5"/>
+    <w:rsid w:val="00A224B1"/>
+    <w:rsid w:val="00A30D93"/>
     <w:rsid w:val="00A32A3A"/>
     <w:rsid w:val="00A351D3"/>
     <w:rsid w:val="00A35393"/>
     <w:rsid w:val="00A353FE"/>
     <w:rsid w:val="00A4190B"/>
     <w:rsid w:val="00A42F77"/>
     <w:rsid w:val="00A449FF"/>
     <w:rsid w:val="00A44A98"/>
     <w:rsid w:val="00A4557E"/>
     <w:rsid w:val="00A4692C"/>
     <w:rsid w:val="00A51B3A"/>
     <w:rsid w:val="00A52151"/>
     <w:rsid w:val="00A61A9A"/>
     <w:rsid w:val="00A627D3"/>
     <w:rsid w:val="00A64AFB"/>
     <w:rsid w:val="00A71DB0"/>
     <w:rsid w:val="00A722E4"/>
     <w:rsid w:val="00A77A93"/>
     <w:rsid w:val="00A80490"/>
     <w:rsid w:val="00A809E1"/>
     <w:rsid w:val="00A82114"/>
     <w:rsid w:val="00A83CC8"/>
     <w:rsid w:val="00A91C0B"/>
     <w:rsid w:val="00A92F8C"/>
     <w:rsid w:val="00AA6A7C"/>
     <w:rsid w:val="00AB005F"/>
     <w:rsid w:val="00AB17E7"/>
     <w:rsid w:val="00AB6AB9"/>
     <w:rsid w:val="00AC7F33"/>
     <w:rsid w:val="00AD2ADE"/>
     <w:rsid w:val="00AD367A"/>
+    <w:rsid w:val="00AE17B0"/>
     <w:rsid w:val="00AE2175"/>
     <w:rsid w:val="00AE4C1E"/>
     <w:rsid w:val="00AE75D1"/>
     <w:rsid w:val="00AF3BE3"/>
     <w:rsid w:val="00AF488F"/>
     <w:rsid w:val="00AF4BB5"/>
     <w:rsid w:val="00AF591C"/>
     <w:rsid w:val="00AF6D5B"/>
     <w:rsid w:val="00B011A3"/>
     <w:rsid w:val="00B20C7A"/>
     <w:rsid w:val="00B22276"/>
     <w:rsid w:val="00B2311A"/>
     <w:rsid w:val="00B233CE"/>
     <w:rsid w:val="00B23A5A"/>
+    <w:rsid w:val="00B26FAC"/>
     <w:rsid w:val="00B37FFA"/>
     <w:rsid w:val="00B40EEB"/>
     <w:rsid w:val="00B47165"/>
     <w:rsid w:val="00B515B8"/>
     <w:rsid w:val="00B521E3"/>
     <w:rsid w:val="00B524F5"/>
     <w:rsid w:val="00B5401E"/>
     <w:rsid w:val="00B54AD7"/>
+    <w:rsid w:val="00B56856"/>
     <w:rsid w:val="00B62C64"/>
     <w:rsid w:val="00B632B2"/>
     <w:rsid w:val="00B737D9"/>
     <w:rsid w:val="00B748AD"/>
     <w:rsid w:val="00B7496E"/>
     <w:rsid w:val="00B75EDC"/>
     <w:rsid w:val="00B864C0"/>
     <w:rsid w:val="00B91241"/>
     <w:rsid w:val="00BB25E3"/>
     <w:rsid w:val="00BB3166"/>
     <w:rsid w:val="00BB3F45"/>
     <w:rsid w:val="00BC28A4"/>
     <w:rsid w:val="00BD3D3C"/>
     <w:rsid w:val="00BD5651"/>
+    <w:rsid w:val="00BD6652"/>
     <w:rsid w:val="00BD7634"/>
     <w:rsid w:val="00BE0D3E"/>
+    <w:rsid w:val="00C031C4"/>
     <w:rsid w:val="00C04158"/>
     <w:rsid w:val="00C04AB8"/>
     <w:rsid w:val="00C05BA1"/>
     <w:rsid w:val="00C07FFA"/>
     <w:rsid w:val="00C13C8B"/>
+    <w:rsid w:val="00C13EDB"/>
     <w:rsid w:val="00C24B87"/>
     <w:rsid w:val="00C32F7D"/>
     <w:rsid w:val="00C359EA"/>
     <w:rsid w:val="00C43F2A"/>
     <w:rsid w:val="00C44AC3"/>
     <w:rsid w:val="00C45686"/>
     <w:rsid w:val="00C50250"/>
     <w:rsid w:val="00C52984"/>
     <w:rsid w:val="00C62E03"/>
     <w:rsid w:val="00C64A7A"/>
     <w:rsid w:val="00C7021E"/>
     <w:rsid w:val="00C70245"/>
     <w:rsid w:val="00C70BCC"/>
     <w:rsid w:val="00C75A57"/>
     <w:rsid w:val="00C8734D"/>
     <w:rsid w:val="00C90321"/>
     <w:rsid w:val="00C95053"/>
     <w:rsid w:val="00C96DDA"/>
     <w:rsid w:val="00CA5B37"/>
     <w:rsid w:val="00CA642A"/>
     <w:rsid w:val="00CB2D33"/>
     <w:rsid w:val="00CB5019"/>
     <w:rsid w:val="00CC16B3"/>
     <w:rsid w:val="00CC3A29"/>
     <w:rsid w:val="00CC58CE"/>
+    <w:rsid w:val="00CC7E16"/>
     <w:rsid w:val="00CD15BB"/>
     <w:rsid w:val="00CD75F3"/>
     <w:rsid w:val="00CE1ADE"/>
     <w:rsid w:val="00CF29EC"/>
+    <w:rsid w:val="00CF2DF6"/>
     <w:rsid w:val="00D01958"/>
     <w:rsid w:val="00D11030"/>
     <w:rsid w:val="00D13A61"/>
     <w:rsid w:val="00D15F9B"/>
     <w:rsid w:val="00D225E8"/>
     <w:rsid w:val="00D26947"/>
     <w:rsid w:val="00D27BD9"/>
     <w:rsid w:val="00D33D9A"/>
     <w:rsid w:val="00D40BF9"/>
+    <w:rsid w:val="00D41032"/>
     <w:rsid w:val="00D5258F"/>
     <w:rsid w:val="00D52D25"/>
     <w:rsid w:val="00D57FCB"/>
     <w:rsid w:val="00D6188C"/>
     <w:rsid w:val="00D61C96"/>
     <w:rsid w:val="00D62E39"/>
     <w:rsid w:val="00D75AE4"/>
     <w:rsid w:val="00D81F2B"/>
     <w:rsid w:val="00D852F5"/>
     <w:rsid w:val="00D9104D"/>
     <w:rsid w:val="00D91675"/>
     <w:rsid w:val="00D937B7"/>
     <w:rsid w:val="00D93B6B"/>
+    <w:rsid w:val="00DA5F0B"/>
     <w:rsid w:val="00DB5987"/>
     <w:rsid w:val="00DB7FA4"/>
     <w:rsid w:val="00DC4997"/>
     <w:rsid w:val="00DD7059"/>
     <w:rsid w:val="00DE3310"/>
     <w:rsid w:val="00DE4602"/>
     <w:rsid w:val="00DE6B48"/>
     <w:rsid w:val="00DE7094"/>
     <w:rsid w:val="00DE7720"/>
     <w:rsid w:val="00DF68FF"/>
     <w:rsid w:val="00E029BA"/>
     <w:rsid w:val="00E10AA2"/>
     <w:rsid w:val="00E12397"/>
     <w:rsid w:val="00E154C3"/>
     <w:rsid w:val="00E220D4"/>
     <w:rsid w:val="00E25C56"/>
+    <w:rsid w:val="00E2717E"/>
     <w:rsid w:val="00E36C15"/>
     <w:rsid w:val="00E43242"/>
     <w:rsid w:val="00E65329"/>
     <w:rsid w:val="00E7190E"/>
     <w:rsid w:val="00E752E0"/>
     <w:rsid w:val="00E85AE9"/>
     <w:rsid w:val="00E85C2C"/>
     <w:rsid w:val="00E92B75"/>
     <w:rsid w:val="00E945DC"/>
     <w:rsid w:val="00E95622"/>
+    <w:rsid w:val="00EA066A"/>
     <w:rsid w:val="00EA5C41"/>
     <w:rsid w:val="00EA5CD9"/>
     <w:rsid w:val="00EA67C9"/>
     <w:rsid w:val="00EB4376"/>
     <w:rsid w:val="00EB766E"/>
     <w:rsid w:val="00EC77F9"/>
     <w:rsid w:val="00EE43F9"/>
     <w:rsid w:val="00EE63C5"/>
     <w:rsid w:val="00EE7425"/>
     <w:rsid w:val="00EE787D"/>
     <w:rsid w:val="00EF03BB"/>
     <w:rsid w:val="00EF64C2"/>
     <w:rsid w:val="00F020C1"/>
     <w:rsid w:val="00F070BC"/>
     <w:rsid w:val="00F12013"/>
     <w:rsid w:val="00F21C7C"/>
     <w:rsid w:val="00F21C7D"/>
     <w:rsid w:val="00F27DA8"/>
     <w:rsid w:val="00F34372"/>
     <w:rsid w:val="00F40B08"/>
     <w:rsid w:val="00F46C87"/>
     <w:rsid w:val="00F519E0"/>
+    <w:rsid w:val="00F520F4"/>
     <w:rsid w:val="00F6143D"/>
     <w:rsid w:val="00F802FA"/>
     <w:rsid w:val="00F8157B"/>
     <w:rsid w:val="00F92052"/>
     <w:rsid w:val="00F92557"/>
     <w:rsid w:val="00F95C78"/>
     <w:rsid w:val="00FA0585"/>
     <w:rsid w:val="00FA1DD3"/>
     <w:rsid w:val="00FA5E94"/>
+    <w:rsid w:val="00FA6963"/>
     <w:rsid w:val="00FB5A88"/>
     <w:rsid w:val="00FC02A9"/>
     <w:rsid w:val="00FC2A6A"/>
     <w:rsid w:val="00FC350B"/>
     <w:rsid w:val="00FC6618"/>
     <w:rsid w:val="00FC6A06"/>
     <w:rsid w:val="00FD1691"/>
     <w:rsid w:val="00FD5886"/>
     <w:rsid w:val="00FE0926"/>
     <w:rsid w:val="00FE349F"/>
     <w:rsid w:val="00FE4233"/>
     <w:rsid w:val="00FF098F"/>
     <w:rsid w:val="00FF1040"/>
     <w:rsid w:val="00FF2163"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="53249"/>
+    <o:shapedefaults v:ext="edit" spidmax="71681"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="54D57605"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C5F0DD6B-7824-4DA8-8976-96E9CE3CE8D3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9040,58 +9286,58 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00533616"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berarbeitung">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CC58CE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suva.ch/medical" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fmh.ch/themen/qualitaet-saqm/register/medizinische-register.cfm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maxime.musterfrau@suva.ch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ichom.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suva.ch/medical" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de.wikipedia.org/wiki/Digital_Object_Identifier" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suva.ch/medical" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nlmcatalog?Db=journals&amp;Cmd=DetailsSearch&amp;Term=currentlyindexed%5BAll%5D" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suva.ch/medical" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maxime.musterfrau@suva.ch" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nlmcatalog?Db=journals&amp;Cmd=DetailsSearch&amp;Term=currentlyindexed%5BAll%5D" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suva.ch/medical" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suva.ch/medical" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maxime.musterfrau@suva.ch" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fmh.ch/themen/qualitaet-saqm/register/medizinische-register.cfm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suva.ch/medical" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ichom.org" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maxime.musterfrau@suva.ch" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suva.ch/medical" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de.wikipedia.org/wiki/Digital_Object_Identifier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9345,81 +9591,415 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="a80baaa8-cd9c-4d87-85ad-3f0786bbf93a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1dd50e16-c991-4f48-ad19-baf7c804d416">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100743237068C800D43833139CE49AE5BF3" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="9393f1b2c59263ef90623e14347f7019">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="1dd50e16-c991-4f48-ad19-baf7c804d416" xmlns:ns3="a80baaa8-cd9c-4d87-85ad-3f0786bbf93a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="73caf1923c05a5843b18a7ac8587ceec" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="1dd50e16-c991-4f48-ad19-baf7c804d416"/>
+    <xsd:import namespace="a80baaa8-cd9c-4d87-85ad-3f0786bbf93a"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="23" nillable="true" ma:displayName="Eigenschaften der einheitlichen Compliancerichtlinie" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="24" nillable="true" ma:displayName="UI-Aktion der einheitlichen Compliancerichtlinie" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1dd50e16-c991-4f48-ad19-baf7c804d416" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkierungen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="5398598b-1692-41ba-b181-08e92b7f9036" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="19" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="20" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a80baaa8-cd9c-4d87-85ad-3f0786bbf93a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Freigegeben für" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Freigegeben für - Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b4e4fc88-2273-43e2-8420-b107cdc509ec}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="a80baaa8-cd9c-4d87-85ad-3f0786bbf93a">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhaltstyp"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1868D311-BF07-4B62-A5B3-7AB12D4116D6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{76B6CC2D-4328-43D7-9E4A-69B3C3B035C4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a80baaa8-cd9c-4d87-85ad-3f0786bbf93a"/>
+    <ds:schemaRef ds:uri="1dd50e16-c991-4f48-ad19-baf7c804d416"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CD809EE-46D7-4772-B7F2-8B501D1164CD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="1dd50e16-c991-4f48-ad19-baf7c804d416"/>
+    <ds:schemaRef ds:uri="a80baaa8-cd9c-4d87-85ad-3f0786bbf93a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
-  <clbl:label id="{40f20d95-30f1-4757-92d7-5495691a0c29}" enabled="1" method="Privileged" siteId="{98616167-5668-4e66-acbf-925e81df8b00}" contentBits="0" removed="0"/>
+  <clbl:label id="{40f20d95-30f1-4757-92d7-5495691a0c29}" enabled="1" method="Privileged" siteId="{98616167-5668-4e66-acbf-925e81df8b00}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1397</Words>
-  <Characters>8802</Characters>
+  <Words>1410</Words>
+  <Characters>8890</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>73</Lines>
+  <Lines>74</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10179</CharactersWithSpaces>
+  <CharactersWithSpaces>10280</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Roos Sandra (ROO)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100743237068C800D43833139CE49AE5BF3</vt:lpwstr>
+  </property>
+</Properties>
+</file>