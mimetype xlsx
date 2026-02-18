--- v0 (2025-11-12)
+++ v1 (2026-02-18)
@@ -1,315 +1,297 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\Ablagen\PCT VM\MSK\MSK-005 Forschungsförderung\Vorlage Finanzbericht\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D6C890D7-055A-4B4A-8E65-24756F10C545}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{3607B542-8AF5-43B8-97E6-85607AE49611}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabelle1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G60" i="1" l="1"/>
-[...7 lines deleted...]
-  <c r="O60" i="1"/>
+  <c r="B56" i="1" l="1"/>
+  <c r="B52" i="1"/>
+  <c r="B60" i="1" s="1"/>
+  <c r="B46" i="1"/>
+  <c r="B45" i="1"/>
+  <c r="B41" i="1"/>
+  <c r="B37" i="1"/>
+  <c r="B33" i="1"/>
+  <c r="B28" i="1" s="1"/>
+  <c r="B50" i="1" s="1"/>
+  <c r="B29" i="1"/>
+  <c r="O45" i="1"/>
+  <c r="N45" i="1"/>
+  <c r="M45" i="1"/>
+  <c r="L45" i="1"/>
+  <c r="K45" i="1"/>
+  <c r="J45" i="1"/>
+  <c r="I45" i="1"/>
+  <c r="H45" i="1"/>
+  <c r="G45" i="1"/>
+  <c r="F46" i="1"/>
   <c r="G56" i="1"/>
   <c r="H56" i="1"/>
   <c r="I56" i="1"/>
   <c r="J56" i="1"/>
   <c r="K56" i="1"/>
   <c r="L56" i="1"/>
   <c r="M56" i="1"/>
   <c r="N56" i="1"/>
   <c r="O56" i="1"/>
-  <c r="G50" i="1"/>
-[...7 lines deleted...]
-  <c r="O50" i="1"/>
+  <c r="G52" i="1"/>
+  <c r="H52" i="1"/>
+  <c r="I52" i="1"/>
+  <c r="J52" i="1"/>
+  <c r="K52" i="1"/>
+  <c r="L52" i="1"/>
+  <c r="M52" i="1"/>
+  <c r="N52" i="1"/>
+  <c r="O52" i="1"/>
   <c r="G46" i="1"/>
   <c r="H46" i="1"/>
   <c r="I46" i="1"/>
   <c r="J46" i="1"/>
   <c r="K46" i="1"/>
   <c r="L46" i="1"/>
   <c r="M46" i="1"/>
   <c r="N46" i="1"/>
   <c r="O46" i="1"/>
   <c r="G41" i="1"/>
   <c r="H41" i="1"/>
   <c r="I41" i="1"/>
   <c r="J41" i="1"/>
   <c r="K41" i="1"/>
   <c r="L41" i="1"/>
   <c r="M41" i="1"/>
   <c r="N41" i="1"/>
   <c r="O41" i="1"/>
   <c r="G37" i="1"/>
   <c r="H37" i="1"/>
   <c r="I37" i="1"/>
   <c r="J37" i="1"/>
   <c r="K37" i="1"/>
   <c r="L37" i="1"/>
   <c r="M37" i="1"/>
   <c r="N37" i="1"/>
   <c r="O37" i="1"/>
   <c r="G33" i="1"/>
   <c r="H33" i="1"/>
   <c r="I33" i="1"/>
   <c r="J33" i="1"/>
   <c r="K33" i="1"/>
   <c r="L33" i="1"/>
   <c r="M33" i="1"/>
   <c r="N33" i="1"/>
   <c r="O33" i="1"/>
   <c r="G29" i="1"/>
   <c r="H29" i="1"/>
   <c r="I29" i="1"/>
   <c r="J29" i="1"/>
   <c r="K29" i="1"/>
   <c r="L29" i="1"/>
   <c r="M29" i="1"/>
   <c r="N29" i="1"/>
   <c r="O29" i="1"/>
-  <c r="F63" i="1"/>
-[...4 lines deleted...]
-  <c r="D61" i="1" s="1"/>
   <c r="F59" i="1"/>
   <c r="D59" i="1" s="1"/>
   <c r="F58" i="1"/>
   <c r="D58" i="1" s="1"/>
   <c r="F57" i="1"/>
   <c r="D57" i="1" s="1"/>
+  <c r="F55" i="1"/>
+  <c r="D55" i="1" s="1"/>
+  <c r="F54" i="1"/>
+  <c r="D54" i="1" s="1"/>
+  <c r="F53" i="1"/>
+  <c r="D53" i="1" s="1"/>
   <c r="F30" i="1"/>
   <c r="D30" i="1" s="1"/>
   <c r="F31" i="1"/>
   <c r="D31" i="1" s="1"/>
   <c r="F32" i="1"/>
   <c r="D32" i="1" s="1"/>
   <c r="F34" i="1"/>
   <c r="D34" i="1" s="1"/>
   <c r="F35" i="1"/>
   <c r="D35" i="1" s="1"/>
   <c r="F36" i="1"/>
   <c r="D36" i="1" s="1"/>
   <c r="F38" i="1"/>
   <c r="D38" i="1" s="1"/>
   <c r="F39" i="1"/>
   <c r="D39" i="1" s="1"/>
   <c r="F40" i="1"/>
   <c r="D40" i="1" s="1"/>
   <c r="F42" i="1"/>
   <c r="D42" i="1" s="1"/>
   <c r="F43" i="1"/>
   <c r="D43" i="1" s="1"/>
   <c r="F44" i="1"/>
   <c r="D44" i="1" s="1"/>
   <c r="F47" i="1"/>
   <c r="D47" i="1" s="1"/>
   <c r="F48" i="1"/>
   <c r="D48" i="1" s="1"/>
   <c r="F49" i="1"/>
   <c r="D49" i="1" s="1"/>
-  <c r="F51" i="1"/>
-[...10 lines deleted...]
-  <c r="G64" i="1"/>
+  <c r="B62" i="1" l="1"/>
+  <c r="M60" i="1"/>
+  <c r="L60" i="1"/>
+  <c r="O60" i="1"/>
+  <c r="G60" i="1"/>
   <c r="I28" i="1"/>
   <c r="H28" i="1"/>
-  <c r="H54" i="1" s="1"/>
-  <c r="N64" i="1"/>
+  <c r="N60" i="1"/>
   <c r="G28" i="1"/>
-  <c r="G45" i="1"/>
-[...3 lines deleted...]
-  <c r="H64" i="1"/>
+  <c r="K60" i="1"/>
+  <c r="J60" i="1"/>
+  <c r="I60" i="1"/>
+  <c r="H60" i="1"/>
   <c r="F29" i="1"/>
   <c r="D29" i="1" s="1"/>
-  <c r="O45" i="1"/>
-[...4 lines deleted...]
-  <c r="J45" i="1"/>
   <c r="O28" i="1"/>
   <c r="M28" i="1"/>
   <c r="L28" i="1"/>
   <c r="N28" i="1"/>
   <c r="J28" i="1"/>
   <c r="K28" i="1"/>
-  <c r="F46" i="1"/>
-  <c r="D46" i="1" s="1"/>
+  <c r="D46" i="1"/>
   <c r="F33" i="1"/>
   <c r="D33" i="1" s="1"/>
   <c r="F37" i="1"/>
   <c r="D37" i="1" s="1"/>
   <c r="F41" i="1"/>
   <c r="D41" i="1" s="1"/>
-  <c r="F50" i="1"/>
-  <c r="D50" i="1" s="1"/>
+  <c r="F52" i="1"/>
+  <c r="D52" i="1" s="1"/>
   <c r="F56" i="1"/>
   <c r="D56" i="1" s="1"/>
+  <c r="H50" i="1" l="1"/>
+  <c r="H62" i="1" s="1"/>
+  <c r="I50" i="1"/>
+  <c r="I62" i="1" s="1"/>
+  <c r="G50" i="1"/>
+  <c r="G62" i="1" s="1"/>
+  <c r="L50" i="1"/>
+  <c r="L62" i="1" s="1"/>
+  <c r="M50" i="1"/>
+  <c r="M62" i="1" s="1"/>
+  <c r="O50" i="1"/>
+  <c r="O62" i="1" s="1"/>
+  <c r="K50" i="1"/>
+  <c r="K62" i="1" s="1"/>
+  <c r="J50" i="1"/>
+  <c r="N50" i="1"/>
+  <c r="N62" i="1" s="1"/>
+  <c r="F45" i="1"/>
+  <c r="F28" i="1"/>
+  <c r="D28" i="1" s="1"/>
   <c r="F60" i="1"/>
   <c r="D60" i="1" s="1"/>
-  <c r="I54" i="1" l="1"/>
-[...25 lines deleted...]
-  <c r="D66" i="1" s="1"/>
+  <c r="F50" i="1" l="1"/>
+  <c r="D50" i="1" s="1"/>
+  <c r="J62" i="1"/>
+  <c r="F62" i="1" s="1"/>
+  <c r="D62" i="1" s="1"/>
+  <c r="D45" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="67">
   <si>
     <t>suva</t>
   </si>
   <si>
     <t>Feldspesen, Reisen / Déplacements</t>
   </si>
   <si>
-    <t>Saläre / Salaires</t>
-[...4 lines deleted...]
-  <si>
     <t>&gt; Feldspesen, Reisen / Déplacements 1</t>
   </si>
   <si>
     <t>&gt; Feldspesen, Reisen / Déplacements …</t>
   </si>
   <si>
     <t>&gt; Feldspesen, Reisen / Déplacements n</t>
   </si>
   <si>
     <t>&gt; Salär / Salaire nom, prénom 1</t>
   </si>
   <si>
     <t>&gt; Salär / Salaire nom, prénom …</t>
   </si>
   <si>
     <t>&gt; Salär / Salaire nom, prénom n</t>
-  </si>
-[...7 lines deleted...]
-    <t>&gt; Sozialabgaben / Charges sociales nom, prénom …</t>
   </si>
   <si>
     <t>Einnahmen / revenus</t>
   </si>
   <si>
     <t>&gt; Einnahme / revenu 1</t>
   </si>
   <si>
     <t>&gt; Einnahme / revenu n</t>
   </si>
   <si>
     <t>&gt; Einnahme / revenu …</t>
   </si>
   <si>
     <t>Beiträge Suva / Contributions Suva</t>
   </si>
   <si>
     <t>&gt; Beitrag Suva / Contribution Suva 1</t>
   </si>
   <si>
     <t>&gt; Beitrag Suva / Contribution Suva …</t>
   </si>
   <si>
     <t>&gt; Beitrag Suva / Contribution Suva n</t>
   </si>
@@ -450,50 +432,53 @@
 und Einnahmen</t>
   </si>
   <si>
     <t>Dépenses et recettes
 planifiées</t>
   </si>
   <si>
     <t>-
 Ist-Kosten</t>
   </si>
   <si>
     <t>-
 Côut réel</t>
   </si>
   <si>
     <t>Um Zeilen für weitere Positionen einzufügen:</t>
   </si>
   <si>
     <t>Zelle "&gt; Position n" auswählen. Im Menü "Start &gt; Einfügen &gt; Blattzeilen einfügen" anwählen.</t>
   </si>
   <si>
     <t>Pour introduire des lignes pour des positions supplémentaires:</t>
   </si>
   <si>
     <t>Sélectionner la cellule "&gt;Position n". Sélectionner dans le menu "Accueil &gt; Insérer &gt; Insérer des lignes dans la feuille de calcul ".</t>
+  </si>
+  <si>
+    <t>Saläre (inkl. Sozialabgaben) / Salaires (incl. charges sociales)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_ ;[Red]\-#,##0.00\ "/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -880,327 +865,327 @@
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="98">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="6" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="6" borderId="15" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="6" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="6" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="7" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="7" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="7" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="7" borderId="15" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="7" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="7" borderId="20" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="7" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="7" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="7" borderId="18" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="7" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="7" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="7" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="8" borderId="12" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="9" borderId="11" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="10" borderId="12" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="10" borderId="8" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="10" borderId="17" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="11" borderId="11" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="11" borderId="10" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="11" borderId="16" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="12" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="12" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="12" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="12" borderId="15" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="12" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="12" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="13" borderId="12" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="14" borderId="11" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...90 lines deleted...]
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="12" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...83 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...43 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 10" xfId="1" xr:uid="{8A14B775-E1E2-49EA-B5E3-33A9FEE8EA14}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{2F35CB68-7111-4004-9F31-2636E28DB95A}"/>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
@@ -1487,1911 +1472,1746 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{654ABEA0-88AB-4921-A7B0-DF2F5F89D271}">
   <sheetPr>
     <outlinePr summaryBelow="0"/>
   </sheetPr>
-  <dimension ref="A1:O66"/>
+  <dimension ref="A1:O62"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" outlineLevelRow="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="50.7109375" style="2" customWidth="1"/>
+    <col min="1" max="1" width="55.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="28.28515625" style="2" customWidth="1"/>
-    <col min="3" max="3" width="2.7109375" style="3" customWidth="1"/>
+    <col min="3" max="3" width="0.85546875" style="3" customWidth="1"/>
     <col min="4" max="4" width="28.28515625" style="2" customWidth="1"/>
-    <col min="5" max="5" width="2.7109375" style="3" customWidth="1"/>
+    <col min="5" max="5" width="0.85546875" style="3" customWidth="1"/>
     <col min="6" max="6" width="28.28515625" style="2" customWidth="1"/>
     <col min="7" max="15" width="20.7109375" style="2" customWidth="1"/>
     <col min="16" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="60" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="O1" s="4" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:15" s="74" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="C2" s="76"/>
+      <c r="E2" s="76"/>
+    </row>
+    <row r="3" spans="1:15" s="74" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A3" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B3" s="90" t="s">
+        <v>42</v>
+      </c>
+      <c r="C3" s="90"/>
+      <c r="D3" s="90"/>
+      <c r="E3" s="90"/>
+      <c r="F3" s="90"/>
+      <c r="G3" s="90"/>
+      <c r="H3" s="90"/>
+      <c r="I3" s="90"/>
+      <c r="J3" s="90"/>
+      <c r="K3" s="90"/>
+      <c r="L3" s="90"/>
+      <c r="M3" s="90"/>
+      <c r="N3" s="90"/>
+      <c r="O3" s="90"/>
+    </row>
+    <row r="4" spans="1:15" s="74" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A4" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" s="90" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" s="90"/>
+      <c r="D4" s="90"/>
+      <c r="E4" s="90"/>
+      <c r="F4" s="90"/>
+      <c r="G4" s="90"/>
+      <c r="H4" s="90"/>
+      <c r="I4" s="90"/>
+      <c r="J4" s="90"/>
+      <c r="K4" s="90"/>
+      <c r="L4" s="90"/>
+      <c r="M4" s="90"/>
+      <c r="N4" s="90"/>
+      <c r="O4" s="90"/>
+    </row>
+    <row r="5" spans="1:15" s="77" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="C5" s="78"/>
+      <c r="E5" s="78"/>
+    </row>
+    <row r="6" spans="1:15" s="77" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="93" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" s="90"/>
+      <c r="D6" s="90"/>
+      <c r="E6" s="90"/>
+      <c r="F6" s="90"/>
+      <c r="G6" s="90"/>
+      <c r="H6" s="90"/>
+      <c r="I6" s="90"/>
+      <c r="J6" s="90"/>
+      <c r="K6" s="90"/>
+      <c r="L6" s="90"/>
+      <c r="M6" s="90"/>
+      <c r="N6" s="90"/>
+      <c r="O6" s="90"/>
+    </row>
+    <row r="7" spans="1:15" s="77" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="93" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" s="90"/>
+      <c r="D7" s="90"/>
+      <c r="E7" s="90"/>
+      <c r="F7" s="90"/>
+      <c r="G7" s="90"/>
+      <c r="H7" s="90"/>
+      <c r="I7" s="90"/>
+      <c r="J7" s="90"/>
+      <c r="K7" s="90"/>
+      <c r="L7" s="90"/>
+      <c r="M7" s="90"/>
+      <c r="N7" s="90"/>
+      <c r="O7" s="90"/>
+    </row>
+    <row r="8" spans="1:15" s="77" customFormat="1" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="79"/>
+      <c r="B8" s="94"/>
+      <c r="C8" s="90"/>
+      <c r="D8" s="90"/>
+      <c r="E8" s="90"/>
+      <c r="F8" s="90"/>
+      <c r="G8" s="90"/>
+      <c r="H8" s="90"/>
+      <c r="I8" s="90"/>
+      <c r="J8" s="90"/>
+      <c r="K8" s="90"/>
+      <c r="L8" s="90"/>
+      <c r="M8" s="90"/>
+      <c r="N8" s="90"/>
+      <c r="O8" s="90"/>
+    </row>
+    <row r="9" spans="1:15" s="77" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="95" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" s="90"/>
+      <c r="D9" s="90"/>
+      <c r="E9" s="90"/>
+      <c r="F9" s="90"/>
+      <c r="G9" s="90"/>
+      <c r="H9" s="90"/>
+      <c r="I9" s="90"/>
+      <c r="J9" s="90"/>
+      <c r="K9" s="90"/>
+      <c r="L9" s="90"/>
+      <c r="M9" s="90"/>
+      <c r="N9" s="90"/>
+      <c r="O9" s="90"/>
+    </row>
+    <row r="10" spans="1:15" s="77" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="93" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" s="90"/>
+      <c r="D10" s="90"/>
+      <c r="E10" s="90"/>
+      <c r="F10" s="90"/>
+      <c r="G10" s="90"/>
+      <c r="H10" s="90"/>
+      <c r="I10" s="90"/>
+      <c r="J10" s="90"/>
+      <c r="K10" s="90"/>
+      <c r="L10" s="90"/>
+      <c r="M10" s="90"/>
+      <c r="N10" s="90"/>
+      <c r="O10" s="90"/>
+    </row>
+    <row r="11" spans="1:15" s="77" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="C11" s="78"/>
+      <c r="E11" s="78"/>
+    </row>
+    <row r="12" spans="1:15" s="74" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="B12" s="80" t="s">
+        <v>43</v>
+      </c>
+      <c r="C12" s="81"/>
+      <c r="D12" s="82" t="s">
+        <v>35</v>
+      </c>
+      <c r="E12" s="83"/>
+      <c r="F12" s="92" t="s">
+        <v>46</v>
+      </c>
+      <c r="G12" s="92"/>
+      <c r="H12" s="92"/>
+      <c r="I12" s="92"/>
+      <c r="J12" s="92"/>
+      <c r="K12" s="92"/>
+      <c r="L12" s="92"/>
+      <c r="M12" s="92"/>
+      <c r="N12" s="92"/>
+      <c r="O12" s="92"/>
+    </row>
+    <row r="13" spans="1:15" s="74" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="B13" s="84" t="s">
+        <v>45</v>
+      </c>
+      <c r="C13" s="76"/>
+      <c r="D13" s="85" t="s">
+        <v>45</v>
+      </c>
+      <c r="E13" s="76"/>
+      <c r="F13" s="91" t="s">
+        <v>47</v>
+      </c>
+      <c r="G13" s="90"/>
+      <c r="H13" s="90"/>
+      <c r="I13" s="90"/>
+      <c r="J13" s="90"/>
+      <c r="K13" s="90"/>
+      <c r="L13" s="90"/>
+      <c r="M13" s="90"/>
+      <c r="N13" s="90"/>
+      <c r="O13" s="90"/>
+    </row>
+    <row r="14" spans="1:15" s="74" customFormat="1" ht="42" x14ac:dyDescent="0.25">
+      <c r="B14" s="86" t="s">
+        <v>58</v>
+      </c>
+      <c r="C14" s="76"/>
+      <c r="D14" s="87" t="s">
+        <v>60</v>
+      </c>
+      <c r="E14" s="76"/>
+      <c r="F14" s="91" t="s">
+        <v>51</v>
+      </c>
+      <c r="G14" s="90"/>
+      <c r="H14" s="90"/>
+      <c r="I14" s="90"/>
+      <c r="J14" s="90"/>
+      <c r="K14" s="90"/>
+      <c r="L14" s="90"/>
+      <c r="M14" s="90"/>
+      <c r="N14" s="90"/>
+      <c r="O14" s="90"/>
+    </row>
+    <row r="15" spans="1:15" s="74" customFormat="1" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C15" s="76"/>
+      <c r="E15" s="76"/>
+    </row>
+    <row r="16" spans="1:15" s="74" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="B16" s="80" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" s="81"/>
+      <c r="D16" s="82" t="s">
+        <v>36</v>
+      </c>
+      <c r="E16" s="83"/>
+      <c r="F16" s="97" t="s">
+        <v>48</v>
+      </c>
+      <c r="G16" s="90"/>
+      <c r="H16" s="90"/>
+      <c r="I16" s="90"/>
+      <c r="J16" s="90"/>
+      <c r="K16" s="90"/>
+      <c r="L16" s="90"/>
+      <c r="M16" s="90"/>
+      <c r="N16" s="90"/>
+      <c r="O16" s="90"/>
+    </row>
+    <row r="17" spans="1:15" s="74" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="B17" s="84" t="s">
+        <v>45</v>
+      </c>
+      <c r="C17" s="76"/>
+      <c r="D17" s="85" t="s">
+        <v>45</v>
+      </c>
+      <c r="E17" s="76"/>
+      <c r="F17" s="91" t="s">
+        <v>49</v>
+      </c>
+      <c r="G17" s="90"/>
+      <c r="H17" s="90"/>
+      <c r="I17" s="90"/>
+      <c r="J17" s="90"/>
+      <c r="K17" s="90"/>
+      <c r="L17" s="90"/>
+      <c r="M17" s="90"/>
+      <c r="N17" s="90"/>
+      <c r="O17" s="90"/>
+    </row>
+    <row r="18" spans="1:15" s="74" customFormat="1" ht="42" x14ac:dyDescent="0.25">
+      <c r="B18" s="86" t="s">
+        <v>59</v>
+      </c>
+      <c r="C18" s="76"/>
+      <c r="D18" s="87" t="s">
+        <v>61</v>
+      </c>
+      <c r="E18" s="76"/>
+      <c r="F18" s="91" t="s">
+        <v>50</v>
+      </c>
+      <c r="G18" s="90"/>
+      <c r="H18" s="90"/>
+      <c r="I18" s="90"/>
+      <c r="J18" s="90"/>
+      <c r="K18" s="90"/>
+      <c r="L18" s="90"/>
+      <c r="M18" s="90"/>
+      <c r="N18" s="90"/>
+      <c r="O18" s="90"/>
+    </row>
+    <row r="19" spans="1:15" s="74" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="C19" s="76"/>
+      <c r="E19" s="76"/>
+    </row>
+    <row r="20" spans="1:15" s="74" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="B20" s="75" t="s">
+        <v>54</v>
+      </c>
+      <c r="C20" s="76"/>
+      <c r="D20" s="75" t="s">
+        <v>57</v>
+      </c>
+      <c r="E20" s="76"/>
+      <c r="F20" s="96" t="s">
+        <v>52</v>
+      </c>
+      <c r="G20" s="90"/>
+      <c r="H20" s="90"/>
+      <c r="I20" s="90"/>
+      <c r="J20" s="90"/>
+      <c r="K20" s="90"/>
+      <c r="L20" s="90"/>
+      <c r="M20" s="90"/>
+      <c r="N20" s="90"/>
+      <c r="O20" s="90"/>
+    </row>
+    <row r="21" spans="1:15" s="74" customFormat="1" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="75"/>
+      <c r="C21" s="76"/>
+      <c r="D21" s="75"/>
+      <c r="E21" s="76"/>
+      <c r="F21" s="96"/>
+      <c r="G21" s="90"/>
+      <c r="H21" s="90"/>
+      <c r="I21" s="90"/>
+      <c r="J21" s="90"/>
+      <c r="K21" s="90"/>
+      <c r="L21" s="90"/>
+      <c r="M21" s="90"/>
+      <c r="N21" s="90"/>
+      <c r="O21" s="90"/>
+    </row>
+    <row r="22" spans="1:15" s="74" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="B22" s="75" t="s">
+        <v>55</v>
+      </c>
+      <c r="C22" s="76"/>
+      <c r="D22" s="75" t="s">
+        <v>56</v>
+      </c>
+      <c r="E22" s="76"/>
+      <c r="F22" s="96" t="s">
+        <v>53</v>
+      </c>
+      <c r="G22" s="90"/>
+      <c r="H22" s="90"/>
+      <c r="I22" s="90"/>
+      <c r="J22" s="90"/>
+      <c r="K22" s="90"/>
+      <c r="L22" s="90"/>
+      <c r="M22" s="90"/>
+      <c r="N22" s="90"/>
+      <c r="O22" s="90"/>
+    </row>
+    <row r="23" spans="1:15" s="74" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="C23" s="76"/>
+      <c r="E23" s="76"/>
+    </row>
+    <row r="24" spans="1:15" s="74" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A24" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="O1" s="4" t="s">
-[...265 lines deleted...]
-      <c r="D18" s="95" t="s">
+      <c r="B24" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="C24" s="81"/>
+      <c r="D24" s="5"/>
+      <c r="E24" s="83"/>
+      <c r="F24" s="88" t="s">
+        <v>38</v>
+      </c>
+      <c r="G24" s="88"/>
+      <c r="H24" s="88"/>
+      <c r="I24" s="88"/>
+      <c r="J24" s="88"/>
+      <c r="K24" s="88"/>
+      <c r="L24" s="88"/>
+      <c r="M24" s="88"/>
+      <c r="N24" s="89"/>
+      <c r="O24" s="89"/>
+    </row>
+    <row r="25" spans="1:15" s="74" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="C25" s="76"/>
+      <c r="E25" s="76"/>
+    </row>
+    <row r="26" spans="1:15" ht="21" x14ac:dyDescent="0.25">
+      <c r="B26" s="30" t="s">
+        <v>21</v>
+      </c>
+      <c r="C26" s="6"/>
+      <c r="D26" s="65" t="s">
+        <v>35</v>
+      </c>
+      <c r="F26" s="37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" s="38">
+        <v>2026</v>
+      </c>
+      <c r="H26" s="38">
+        <v>2027</v>
+      </c>
+      <c r="I26" s="38">
+        <v>2028</v>
+      </c>
+      <c r="J26" s="38">
+        <v>2029</v>
+      </c>
+      <c r="K26" s="38">
+        <v>2030</v>
+      </c>
+      <c r="L26" s="38">
+        <v>2031</v>
+      </c>
+      <c r="M26" s="38">
+        <v>2032</v>
+      </c>
+      <c r="N26" s="38">
+        <v>2033</v>
+      </c>
+      <c r="O26" s="38">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B27" s="31"/>
+      <c r="D27" s="66" t="s">
+        <v>36</v>
+      </c>
+      <c r="F27" s="39"/>
+      <c r="G27" s="40"/>
+      <c r="H27" s="40"/>
+      <c r="I27" s="40"/>
+      <c r="J27" s="40"/>
+      <c r="K27" s="40"/>
+      <c r="L27" s="40"/>
+      <c r="M27" s="40"/>
+      <c r="N27" s="40"/>
+      <c r="O27" s="41"/>
+    </row>
+    <row r="28" spans="1:15" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B28" s="57">
+        <f t="shared" ref="B28" si="0">B29+B33+B37+B41</f>
+        <v>0</v>
+      </c>
+      <c r="C28" s="8"/>
+      <c r="D28" s="72">
+        <f>B28-F28</f>
+        <v>0</v>
+      </c>
+      <c r="E28" s="9"/>
+      <c r="F28" s="59">
+        <f t="shared" ref="F28:F50" si="1">SUM(G28:O28)</f>
+        <v>0</v>
+      </c>
+      <c r="G28" s="60">
+        <f t="shared" ref="G28" si="2">G29+G33+G37+G41</f>
+        <v>0</v>
+      </c>
+      <c r="H28" s="60">
+        <f t="shared" ref="H28" si="3">H29+H33+H37+H41</f>
+        <v>0</v>
+      </c>
+      <c r="I28" s="60">
+        <f t="shared" ref="I28" si="4">I29+I33+I37+I41</f>
+        <v>0</v>
+      </c>
+      <c r="J28" s="60">
+        <f t="shared" ref="J28" si="5">J29+J33+J37+J41</f>
+        <v>0</v>
+      </c>
+      <c r="K28" s="60">
+        <f t="shared" ref="K28" si="6">K29+K33+K37+K41</f>
+        <v>0</v>
+      </c>
+      <c r="L28" s="60">
+        <f t="shared" ref="L28" si="7">L29+L33+L37+L41</f>
+        <v>0</v>
+      </c>
+      <c r="M28" s="60">
+        <f t="shared" ref="M28" si="8">M29+M33+M37+M41</f>
+        <v>0</v>
+      </c>
+      <c r="N28" s="60">
+        <f t="shared" ref="N28" si="9">N29+N33+N37+N41</f>
+        <v>0</v>
+      </c>
+      <c r="O28" s="61">
+        <f t="shared" ref="O28" si="10">O29+O33+O37+O41</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" ht="30" x14ac:dyDescent="0.25">
+      <c r="A29" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B29" s="32">
+        <f t="shared" ref="B29" si="11">SUM(B30:B32)</f>
+        <v>0</v>
+      </c>
+      <c r="C29" s="11"/>
+      <c r="D29" s="67">
+        <f t="shared" ref="D29:D62" si="12">B29-F29</f>
+        <v>0</v>
+      </c>
+      <c r="E29" s="12"/>
+      <c r="F29" s="42">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G29" s="43">
+        <f t="shared" ref="G29:O29" si="13">SUM(G30:G32)</f>
+        <v>0</v>
+      </c>
+      <c r="H29" s="43">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="I29" s="43">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="J29" s="43">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="K29" s="43">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="L29" s="43">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="M29" s="43">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="N29" s="43">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="O29" s="44">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="B30" s="33"/>
+      <c r="C30" s="14"/>
+      <c r="D30" s="68">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E30" s="15"/>
+      <c r="F30" s="45">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G30" s="46"/>
+      <c r="H30" s="46"/>
+      <c r="I30" s="46"/>
+      <c r="J30" s="46"/>
+      <c r="K30" s="46"/>
+      <c r="L30" s="46"/>
+      <c r="M30" s="46"/>
+      <c r="N30" s="46"/>
+      <c r="O30" s="47"/>
+    </row>
+    <row r="31" spans="1:15" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="B31" s="33"/>
+      <c r="C31" s="14"/>
+      <c r="D31" s="68">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E31" s="15"/>
+      <c r="F31" s="45">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G31" s="46"/>
+      <c r="H31" s="46"/>
+      <c r="I31" s="46"/>
+      <c r="J31" s="46"/>
+      <c r="K31" s="46"/>
+      <c r="L31" s="46"/>
+      <c r="M31" s="46"/>
+      <c r="N31" s="46"/>
+      <c r="O31" s="47"/>
+    </row>
+    <row r="32" spans="1:15" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="B32" s="33"/>
+      <c r="C32" s="14"/>
+      <c r="D32" s="68">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E32" s="15"/>
+      <c r="F32" s="45">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G32" s="46"/>
+      <c r="H32" s="46"/>
+      <c r="I32" s="46"/>
+      <c r="J32" s="46"/>
+      <c r="K32" s="46"/>
+      <c r="L32" s="46"/>
+      <c r="M32" s="46"/>
+      <c r="N32" s="46"/>
+      <c r="O32" s="47"/>
+    </row>
+    <row r="33" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A33" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="B33" s="32">
+        <f t="shared" ref="B33" si="14">SUM(B34:B36)</f>
+        <v>0</v>
+      </c>
+      <c r="C33" s="11"/>
+      <c r="D33" s="67">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E33" s="17"/>
+      <c r="F33" s="42">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G33" s="43">
+        <f t="shared" ref="G33:O33" si="15">SUM(G34:G36)</f>
+        <v>0</v>
+      </c>
+      <c r="H33" s="43">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="I33" s="43">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="J33" s="43">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="K33" s="43">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="L33" s="43">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="M33" s="43">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="N33" s="43">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="O33" s="44">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:15" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="B34" s="33"/>
+      <c r="C34" s="14"/>
+      <c r="D34" s="68">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E34" s="19"/>
+      <c r="F34" s="45">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G34" s="46"/>
+      <c r="H34" s="46"/>
+      <c r="I34" s="46"/>
+      <c r="J34" s="46"/>
+      <c r="K34" s="46"/>
+      <c r="L34" s="46"/>
+      <c r="M34" s="46"/>
+      <c r="N34" s="46"/>
+      <c r="O34" s="47"/>
+    </row>
+    <row r="35" spans="1:15" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="B35" s="33"/>
+      <c r="C35" s="14"/>
+      <c r="D35" s="68">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E35" s="19"/>
+      <c r="F35" s="45">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G35" s="46"/>
+      <c r="H35" s="46"/>
+      <c r="I35" s="46"/>
+      <c r="J35" s="46"/>
+      <c r="K35" s="46"/>
+      <c r="L35" s="46"/>
+      <c r="M35" s="46"/>
+      <c r="N35" s="46"/>
+      <c r="O35" s="47"/>
+    </row>
+    <row r="36" spans="1:15" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="B36" s="33"/>
+      <c r="C36" s="14"/>
+      <c r="D36" s="68">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E36" s="19"/>
+      <c r="F36" s="45">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G36" s="46"/>
+      <c r="H36" s="46"/>
+      <c r="I36" s="46"/>
+      <c r="J36" s="46"/>
+      <c r="K36" s="46"/>
+      <c r="L36" s="46"/>
+      <c r="M36" s="46"/>
+      <c r="N36" s="46"/>
+      <c r="O36" s="47"/>
+    </row>
+    <row r="37" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A37" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="B37" s="32">
+        <f t="shared" ref="B37" si="16">SUM(B38:B40)</f>
+        <v>0</v>
+      </c>
+      <c r="C37" s="11"/>
+      <c r="D37" s="67">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E37" s="21"/>
+      <c r="F37" s="42">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G37" s="43">
+        <f t="shared" ref="G37:O37" si="17">SUM(G38:G40)</f>
+        <v>0</v>
+      </c>
+      <c r="H37" s="43">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="I37" s="43">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="J37" s="43">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="K37" s="43">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="L37" s="43">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="M37" s="43">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="N37" s="43">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="O37" s="44">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:15" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="18" t="s">
+        <v>2</v>
+      </c>
+      <c r="B38" s="33"/>
+      <c r="C38" s="14"/>
+      <c r="D38" s="68">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E38" s="19"/>
+      <c r="F38" s="45">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G38" s="46"/>
+      <c r="H38" s="46"/>
+      <c r="I38" s="46"/>
+      <c r="J38" s="46"/>
+      <c r="K38" s="46"/>
+      <c r="L38" s="46"/>
+      <c r="M38" s="46"/>
+      <c r="N38" s="46"/>
+      <c r="O38" s="47"/>
+    </row>
+    <row r="39" spans="1:15" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="B39" s="33"/>
+      <c r="C39" s="14"/>
+      <c r="D39" s="68">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E39" s="19"/>
+      <c r="F39" s="45">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G39" s="46"/>
+      <c r="H39" s="46"/>
+      <c r="I39" s="46"/>
+      <c r="J39" s="46"/>
+      <c r="K39" s="46"/>
+      <c r="L39" s="46"/>
+      <c r="M39" s="46"/>
+      <c r="N39" s="46"/>
+      <c r="O39" s="47"/>
+    </row>
+    <row r="40" spans="1:15" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="B40" s="33"/>
+      <c r="C40" s="14"/>
+      <c r="D40" s="68">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E40" s="19"/>
+      <c r="F40" s="45">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G40" s="46"/>
+      <c r="H40" s="46"/>
+      <c r="I40" s="46"/>
+      <c r="J40" s="46"/>
+      <c r="K40" s="46"/>
+      <c r="L40" s="46"/>
+      <c r="M40" s="46"/>
+      <c r="N40" s="46"/>
+      <c r="O40" s="47"/>
+    </row>
+    <row r="41" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A41" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="B41" s="32">
+        <f t="shared" ref="B41" si="18">SUM(B42:B44)</f>
+        <v>0</v>
+      </c>
+      <c r="C41" s="11"/>
+      <c r="D41" s="67">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E41" s="21"/>
+      <c r="F41" s="42">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G41" s="43">
+        <f t="shared" ref="G41:O41" si="19">SUM(G42:G44)</f>
+        <v>0</v>
+      </c>
+      <c r="H41" s="43">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="I41" s="43">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="J41" s="43">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="K41" s="43">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="L41" s="43">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="M41" s="43">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="N41" s="43">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="O41" s="44">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:15" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="B42" s="33"/>
+      <c r="C42" s="14"/>
+      <c r="D42" s="68">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E42" s="19"/>
+      <c r="F42" s="45">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G42" s="46"/>
+      <c r="H42" s="46"/>
+      <c r="I42" s="46"/>
+      <c r="J42" s="46"/>
+      <c r="K42" s="46"/>
+      <c r="L42" s="46"/>
+      <c r="M42" s="46"/>
+      <c r="N42" s="46"/>
+      <c r="O42" s="47"/>
+    </row>
+    <row r="43" spans="1:15" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="B43" s="33"/>
+      <c r="C43" s="14"/>
+      <c r="D43" s="68">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E43" s="19"/>
+      <c r="F43" s="45">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G43" s="46"/>
+      <c r="H43" s="46"/>
+      <c r="I43" s="46"/>
+      <c r="J43" s="46"/>
+      <c r="K43" s="46"/>
+      <c r="L43" s="46"/>
+      <c r="M43" s="46"/>
+      <c r="N43" s="46"/>
+      <c r="O43" s="47"/>
+    </row>
+    <row r="44" spans="1:15" ht="15.75" outlineLevel="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="B44" s="34"/>
+      <c r="C44" s="14"/>
+      <c r="D44" s="69">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E44" s="19"/>
+      <c r="F44" s="48">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G44" s="49"/>
+      <c r="H44" s="49"/>
+      <c r="I44" s="49"/>
+      <c r="J44" s="49"/>
+      <c r="K44" s="49"/>
+      <c r="L44" s="49"/>
+      <c r="M44" s="49"/>
+      <c r="N44" s="49"/>
+      <c r="O44" s="50"/>
+    </row>
+    <row r="45" spans="1:15" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A45" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="B45" s="57">
+        <f>B46</f>
+        <v>0</v>
+      </c>
+      <c r="C45" s="8"/>
+      <c r="D45" s="72">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E45" s="24"/>
+      <c r="F45" s="59">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G45" s="60">
+        <f>G46</f>
+        <v>0</v>
+      </c>
+      <c r="H45" s="60">
+        <f t="shared" ref="H45:O45" si="20">H46</f>
+        <v>0</v>
+      </c>
+      <c r="I45" s="60">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="J45" s="60">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="K45" s="60">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="L45" s="60">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="M45" s="60">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="N45" s="60">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="O45" s="61">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A46" s="16" t="s">
         <v>66</v>
       </c>
-      <c r="E18" s="79"/>
-[...373 lines deleted...]
-      <c r="H33" s="45">
+      <c r="B46" s="32">
+        <f t="shared" ref="B46" si="21">SUM(B47:B49)</f>
+        <v>0</v>
+      </c>
+      <c r="C46" s="11"/>
+      <c r="D46" s="67">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="I33" s="45">
+      <c r="E46" s="17"/>
+      <c r="F46" s="42">
+        <f>SUM(G46:O46)</f>
+        <v>0</v>
+      </c>
+      <c r="G46" s="43">
+        <f t="shared" ref="G46:O46" si="22">SUM(G47:G49)</f>
+        <v>0</v>
+      </c>
+      <c r="H46" s="43">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="I46" s="43">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="J46" s="43">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="K46" s="43">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="L46" s="43">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="M46" s="43">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="N46" s="43">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="O46" s="44">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:15" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B47" s="33"/>
+      <c r="C47" s="14"/>
+      <c r="D47" s="68">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="J33" s="45">
+      <c r="E47" s="15"/>
+      <c r="F47" s="45">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G47" s="46"/>
+      <c r="H47" s="46"/>
+      <c r="I47" s="46"/>
+      <c r="J47" s="46"/>
+      <c r="K47" s="46"/>
+      <c r="L47" s="46"/>
+      <c r="M47" s="46"/>
+      <c r="N47" s="46"/>
+      <c r="O47" s="47"/>
+    </row>
+    <row r="48" spans="1:15" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B48" s="33"/>
+      <c r="C48" s="14"/>
+      <c r="D48" s="68">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="K33" s="45">
+      <c r="E48" s="15"/>
+      <c r="F48" s="45">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G48" s="46"/>
+      <c r="H48" s="46"/>
+      <c r="I48" s="46"/>
+      <c r="J48" s="46"/>
+      <c r="K48" s="46"/>
+      <c r="L48" s="46"/>
+      <c r="M48" s="46"/>
+      <c r="N48" s="46"/>
+      <c r="O48" s="47"/>
+    </row>
+    <row r="49" spans="1:15" ht="15.75" outlineLevel="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="B49" s="33"/>
+      <c r="C49" s="14"/>
+      <c r="D49" s="68">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="L33" s="45">
+      <c r="E49" s="15"/>
+      <c r="F49" s="45">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G49" s="46"/>
+      <c r="H49" s="46"/>
+      <c r="I49" s="46"/>
+      <c r="J49" s="46"/>
+      <c r="K49" s="46"/>
+      <c r="L49" s="46"/>
+      <c r="M49" s="46"/>
+      <c r="N49" s="46"/>
+      <c r="O49" s="47"/>
+    </row>
+    <row r="50" spans="1:15" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="B50" s="58">
+        <f>B28+B45</f>
+        <v>0</v>
+      </c>
+      <c r="C50" s="26"/>
+      <c r="D50" s="73">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="M33" s="45">
+      <c r="E50" s="27"/>
+      <c r="F50" s="62">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G50" s="63">
+        <f t="shared" ref="G50:O50" si="23">G28+G45</f>
+        <v>0</v>
+      </c>
+      <c r="H50" s="63">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="I50" s="63">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="J50" s="63">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="K50" s="63">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="L50" s="63">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="M50" s="63">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="N50" s="63">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="O50" s="64">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:15" s="28" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B51" s="35"/>
+      <c r="C51" s="3"/>
+      <c r="D51" s="70"/>
+      <c r="E51" s="3"/>
+      <c r="F51" s="51"/>
+      <c r="G51" s="52"/>
+      <c r="H51" s="52"/>
+      <c r="I51" s="52"/>
+      <c r="J51" s="52"/>
+      <c r="K51" s="52"/>
+      <c r="L51" s="52"/>
+      <c r="M51" s="52"/>
+      <c r="N51" s="52"/>
+      <c r="O51" s="53"/>
+    </row>
+    <row r="52" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A52" s="29" t="s">
+        <v>8</v>
+      </c>
+      <c r="B52" s="36">
+        <f t="shared" ref="B52" si="24">SUM(B53:B55)</f>
+        <v>0</v>
+      </c>
+      <c r="C52" s="11"/>
+      <c r="D52" s="71">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="N33" s="45">
+      <c r="E52" s="21"/>
+      <c r="F52" s="54">
+        <f t="shared" ref="F52:F60" si="25">SUM(G52:O52)</f>
+        <v>0</v>
+      </c>
+      <c r="G52" s="55">
+        <f t="shared" ref="G52:O52" si="26">SUM(G53:G55)</f>
+        <v>0</v>
+      </c>
+      <c r="H52" s="55">
+        <f t="shared" si="26"/>
+        <v>0</v>
+      </c>
+      <c r="I52" s="55">
+        <f t="shared" si="26"/>
+        <v>0</v>
+      </c>
+      <c r="J52" s="55">
+        <f t="shared" si="26"/>
+        <v>0</v>
+      </c>
+      <c r="K52" s="55">
+        <f t="shared" si="26"/>
+        <v>0</v>
+      </c>
+      <c r="L52" s="55">
+        <f t="shared" si="26"/>
+        <v>0</v>
+      </c>
+      <c r="M52" s="55">
+        <f t="shared" si="26"/>
+        <v>0</v>
+      </c>
+      <c r="N52" s="55">
+        <f t="shared" si="26"/>
+        <v>0</v>
+      </c>
+      <c r="O52" s="56">
+        <f t="shared" si="26"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:15" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="B53" s="33"/>
+      <c r="C53" s="14"/>
+      <c r="D53" s="68">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="O33" s="46">
+      <c r="E53" s="15"/>
+      <c r="F53" s="45">
+        <f t="shared" si="25"/>
+        <v>0</v>
+      </c>
+      <c r="G53" s="46"/>
+      <c r="H53" s="46"/>
+      <c r="I53" s="46"/>
+      <c r="J53" s="46"/>
+      <c r="K53" s="46"/>
+      <c r="L53" s="46"/>
+      <c r="M53" s="46"/>
+      <c r="N53" s="46"/>
+      <c r="O53" s="47"/>
+    </row>
+    <row r="54" spans="1:15" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="B54" s="33"/>
+      <c r="C54" s="14"/>
+      <c r="D54" s="68">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-    </row>
-[...595 lines deleted...]
-      <c r="A51" s="19" t="s">
+      <c r="E54" s="15"/>
+      <c r="F54" s="45">
+        <f t="shared" si="25"/>
+        <v>0</v>
+      </c>
+      <c r="G54" s="46"/>
+      <c r="H54" s="46"/>
+      <c r="I54" s="46"/>
+      <c r="J54" s="46"/>
+      <c r="K54" s="46"/>
+      <c r="L54" s="46"/>
+      <c r="M54" s="46"/>
+      <c r="N54" s="46"/>
+      <c r="O54" s="47"/>
+    </row>
+    <row r="55" spans="1:15" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="B51" s="34">
-[...23 lines deleted...]
-      <c r="A52" s="19" t="s">
+      <c r="B55" s="33"/>
+      <c r="C55" s="14"/>
+      <c r="D55" s="68">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E55" s="15"/>
+      <c r="F55" s="45">
+        <f t="shared" si="25"/>
+        <v>0</v>
+      </c>
+      <c r="G55" s="46"/>
+      <c r="H55" s="46"/>
+      <c r="I55" s="46"/>
+      <c r="J55" s="46"/>
+      <c r="K55" s="46"/>
+      <c r="L55" s="46"/>
+      <c r="M55" s="46"/>
+      <c r="N55" s="46"/>
+      <c r="O55" s="47"/>
+    </row>
+    <row r="56" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A56" s="20" t="s">
         <v>12</v>
       </c>
-      <c r="B52" s="34">
-[...120 lines deleted...]
-      <c r="A56" s="30" t="s">
+      <c r="B56" s="32">
+        <f t="shared" ref="B56" si="27">SUM(B57:B59)</f>
+        <v>0</v>
+      </c>
+      <c r="C56" s="11"/>
+      <c r="D56" s="67">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E56" s="21"/>
+      <c r="F56" s="42">
+        <f t="shared" si="25"/>
+        <v>0</v>
+      </c>
+      <c r="G56" s="43">
+        <f t="shared" ref="G56:O56" si="28">SUM(G57:G59)</f>
+        <v>0</v>
+      </c>
+      <c r="H56" s="43">
+        <f t="shared" si="28"/>
+        <v>0</v>
+      </c>
+      <c r="I56" s="43">
+        <f t="shared" si="28"/>
+        <v>0</v>
+      </c>
+      <c r="J56" s="43">
+        <f t="shared" si="28"/>
+        <v>0</v>
+      </c>
+      <c r="K56" s="43">
+        <f t="shared" si="28"/>
+        <v>0</v>
+      </c>
+      <c r="L56" s="43">
+        <f t="shared" si="28"/>
+        <v>0</v>
+      </c>
+      <c r="M56" s="43">
+        <f t="shared" si="28"/>
+        <v>0</v>
+      </c>
+      <c r="N56" s="43">
+        <f t="shared" si="28"/>
+        <v>0</v>
+      </c>
+      <c r="O56" s="44">
+        <f t="shared" si="28"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:15" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="B56" s="37">
-[...50 lines deleted...]
-      <c r="A57" s="14" t="s">
+      <c r="B57" s="33"/>
+      <c r="C57" s="14"/>
+      <c r="D57" s="68">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E57" s="15"/>
+      <c r="F57" s="45">
+        <f t="shared" si="25"/>
+        <v>0</v>
+      </c>
+      <c r="G57" s="46"/>
+      <c r="H57" s="46"/>
+      <c r="I57" s="46"/>
+      <c r="J57" s="46"/>
+      <c r="K57" s="46"/>
+      <c r="L57" s="46"/>
+      <c r="M57" s="46"/>
+      <c r="N57" s="46"/>
+      <c r="O57" s="47"/>
+    </row>
+    <row r="58" spans="1:15" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="B57" s="34">
-[...23 lines deleted...]
-      <c r="A58" s="14" t="s">
+      <c r="B58" s="33"/>
+      <c r="C58" s="14"/>
+      <c r="D58" s="68">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E58" s="15"/>
+      <c r="F58" s="45">
+        <f t="shared" si="25"/>
+        <v>0</v>
+      </c>
+      <c r="G58" s="46"/>
+      <c r="H58" s="46"/>
+      <c r="I58" s="46"/>
+      <c r="J58" s="46"/>
+      <c r="K58" s="46"/>
+      <c r="L58" s="46"/>
+      <c r="M58" s="46"/>
+      <c r="N58" s="46"/>
+      <c r="O58" s="47"/>
+    </row>
+    <row r="59" spans="1:15" ht="15.75" outlineLevel="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="B59" s="33"/>
+      <c r="C59" s="14"/>
+      <c r="D59" s="68">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E59" s="15"/>
+      <c r="F59" s="45">
+        <f t="shared" si="25"/>
+        <v>0</v>
+      </c>
+      <c r="G59" s="46"/>
+      <c r="H59" s="46"/>
+      <c r="I59" s="46"/>
+      <c r="J59" s="46"/>
+      <c r="K59" s="46"/>
+      <c r="L59" s="46"/>
+      <c r="M59" s="46"/>
+      <c r="N59" s="46"/>
+      <c r="O59" s="47"/>
+    </row>
+    <row r="60" spans="1:15" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="25" t="s">
+        <v>20</v>
+      </c>
+      <c r="B60" s="58">
+        <f t="shared" ref="B60" si="29">B52+B56</f>
+        <v>0</v>
+      </c>
+      <c r="C60" s="26"/>
+      <c r="D60" s="73">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E60" s="27"/>
+      <c r="F60" s="62">
+        <f t="shared" si="25"/>
+        <v>0</v>
+      </c>
+      <c r="G60" s="63">
+        <f t="shared" ref="G60:O60" si="30">G52+G56</f>
+        <v>0</v>
+      </c>
+      <c r="H60" s="63">
+        <f t="shared" si="30"/>
+        <v>0</v>
+      </c>
+      <c r="I60" s="63">
+        <f t="shared" si="30"/>
+        <v>0</v>
+      </c>
+      <c r="J60" s="63">
+        <f t="shared" si="30"/>
+        <v>0</v>
+      </c>
+      <c r="K60" s="63">
+        <f t="shared" si="30"/>
+        <v>0</v>
+      </c>
+      <c r="L60" s="63">
+        <f t="shared" si="30"/>
+        <v>0</v>
+      </c>
+      <c r="M60" s="63">
+        <f t="shared" si="30"/>
+        <v>0</v>
+      </c>
+      <c r="N60" s="63">
+        <f t="shared" si="30"/>
+        <v>0</v>
+      </c>
+      <c r="O60" s="64">
+        <f t="shared" si="30"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B61" s="35"/>
+      <c r="D61" s="70"/>
+      <c r="F61" s="51"/>
+      <c r="G61" s="52"/>
+      <c r="H61" s="52"/>
+      <c r="I61" s="52"/>
+      <c r="J61" s="52"/>
+      <c r="K61" s="52"/>
+      <c r="L61" s="52"/>
+      <c r="M61" s="52"/>
+      <c r="N61" s="52"/>
+      <c r="O61" s="53"/>
+    </row>
+    <row r="62" spans="1:15" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="25" t="s">
         <v>16</v>
       </c>
-      <c r="B58" s="34">
-[...302 lines deleted...]
-        <f t="shared" si="23"/>
+      <c r="B62" s="58">
+        <f>B60-B50</f>
+        <v>0</v>
+      </c>
+      <c r="C62" s="26"/>
+      <c r="D62" s="73">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="E62" s="27"/>
+      <c r="F62" s="62">
+        <f>SUM(G62:O62)</f>
+        <v>0</v>
+      </c>
+      <c r="G62" s="63">
+        <f>G60-G50</f>
+        <v>0</v>
+      </c>
+      <c r="H62" s="63">
+        <f t="shared" ref="H62:O62" si="31">H60-H50</f>
+        <v>0</v>
+      </c>
+      <c r="I62" s="63">
+        <f t="shared" si="31"/>
+        <v>0</v>
+      </c>
+      <c r="J62" s="63">
+        <f t="shared" si="31"/>
+        <v>0</v>
+      </c>
+      <c r="K62" s="63">
+        <f t="shared" si="31"/>
+        <v>0</v>
+      </c>
+      <c r="L62" s="63">
+        <f t="shared" si="31"/>
+        <v>0</v>
+      </c>
+      <c r="M62" s="63">
+        <f t="shared" si="31"/>
+        <v>0</v>
+      </c>
+      <c r="N62" s="63">
+        <f t="shared" si="31"/>
+        <v>0</v>
+      </c>
+      <c r="O62" s="64">
+        <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="F20:O20"/>
     <mergeCell ref="F22:O22"/>
     <mergeCell ref="F13:O13"/>
     <mergeCell ref="F14:O14"/>
     <mergeCell ref="F16:O16"/>
     <mergeCell ref="F17:O17"/>
     <mergeCell ref="F21:O21"/>
     <mergeCell ref="B3:O3"/>
     <mergeCell ref="B4:O4"/>
     <mergeCell ref="F18:O18"/>
     <mergeCell ref="F12:O12"/>
     <mergeCell ref="B6:O6"/>
     <mergeCell ref="B7:O7"/>
     <mergeCell ref="B8:O8"/>
     <mergeCell ref="B9:O9"/>
     <mergeCell ref="B10:O10"/>
   </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
-  <clbl:label id="{40f20d95-30f1-4757-92d7-5495691a0c29}" enabled="1" method="Privileged" siteId="{98616167-5668-4e66-acbf-925e81df8b00}" contentBits="0" removed="0"/>
+  <clbl:label id="{a7a56758-cff2-477b-bb1d-5b1675037bee}" enabled="1" method="Privileged" siteId="{98616167-5668-4e66-acbf-925e81df8b00}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Tabelle1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>