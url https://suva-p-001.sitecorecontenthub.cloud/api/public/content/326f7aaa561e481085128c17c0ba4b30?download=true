--- v0 (2025-11-26)
+++ v1 (2026-03-13)
@@ -1,1534 +1,1848 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3BEE87C8" w14:textId="38F3985A" w:rsidR="00BA0E0A" w:rsidRPr="00B1362E" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
+    <w:p w14:paraId="3BEE87C8" w14:textId="38F3985A" w:rsidR="00BA0E0A" w:rsidRPr="00082687" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Formular</w:t>
       </w:r>
-      <w:r w:rsidR="001C3F3D" w:rsidRPr="00B1362E">
+      <w:r w:rsidR="001C3F3D" w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E24063" w:rsidRPr="00B1362E">
+      <w:r w:rsidR="00E24063" w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="00F40BA1" w:rsidRPr="00B1362E">
+      <w:r w:rsidR="00F40BA1" w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Mögliche </w:t>
       </w:r>
-      <w:r w:rsidR="001C3F3D" w:rsidRPr="00B1362E">
+      <w:r w:rsidR="001C3F3D" w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Interessenkonflikte</w:t>
       </w:r>
-      <w:r w:rsidR="00E24063" w:rsidRPr="00B1362E">
+      <w:r w:rsidR="00E24063" w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ABF6E2F" w14:textId="77777777" w:rsidR="00273FBB" w:rsidRPr="00B1362E" w:rsidRDefault="00273FBB" w:rsidP="00BA0E0A">
+    <w:p w14:paraId="3ABF6E2F" w14:textId="77777777" w:rsidR="00273FBB" w:rsidRPr="00082687" w:rsidRDefault="00273FBB" w:rsidP="00BA0E0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04099D7F" w14:textId="73590FC8" w:rsidR="00BA0E0A" w:rsidRPr="00B1362E" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
+    <w:p w14:paraId="04099D7F" w14:textId="73590FC8" w:rsidR="00BA0E0A" w:rsidRPr="00082687" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Darlegung möglicher Interessenkonflikte aufgrund wirtschaftlicher oder persönlicher Verbindungen </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F544450" w14:textId="102E05B9" w:rsidR="00BA0E0A" w:rsidRPr="00B1362E" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
+    <w:p w14:paraId="2F544450" w14:textId="5EBBCDD6" w:rsidR="00BA0E0A" w:rsidRPr="00082687" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Wirtschaftliche oder persönliche Verbindungen zwischen Autoren</w:t>
       </w:r>
-      <w:r w:rsidR="00343FAF" w:rsidRPr="00B1362E">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">und Organisationen können einen Interessenkonflikt zur Folge haben. Die Offenlegung solcher Verbindungen dient dazu, den Prozess der Publikation von Beiträgen im Suva Medical und die Fachdiskussion darüber transparent zu gestalten. Dazu werden mögliche Verbindungen aus den vergangenen 3 Jahren offengelegt. </w:t>
+      <w:r w:rsidR="009272B7" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sowie </w:t>
+      </w:r>
+      <w:r w:rsidR="00343FAF" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autorinnen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">und Organisationen können einen Interessenkonflikt zur Folge haben. Die Offenlegung solcher Verbindungen dient dazu, den Prozess der Publikation von Beiträgen im Suva Medical und die Fachdiskussion darüber transparent zu gestalten. Dazu werden </w:t>
+      </w:r>
+      <w:r w:rsidR="00E046A9" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">potenzielle Interessenbindungen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aus den vergangenen 3 Jahren offengelegt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="743D762F" w14:textId="3376C30E" w:rsidR="00BA0E0A" w:rsidRPr="00B1362E" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
+    <w:p w14:paraId="743D762F" w14:textId="3F31819F" w:rsidR="00BA0E0A" w:rsidRPr="00082687" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bitte geben Sie die ausgefüllte und unterschriebene Erklärung zu möglichen Interessenkonflikten </w:t>
       </w:r>
-      <w:r w:rsidR="00273FBB" w:rsidRPr="00B1362E">
-[...7 lines deleted...]
-      <w:r w:rsidR="002945CC" w:rsidRPr="00B1362E">
+      <w:r w:rsidR="00273FBB" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ab. Waren mehrere Autoren </w:t>
+      </w:r>
+      <w:r w:rsidR="0091664F" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">und Autorinnen </w:t>
+      </w:r>
+      <w:r w:rsidR="00273FBB" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="002945CC" w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidR="00273FBB" w:rsidRPr="00B1362E">
+      <w:r w:rsidR="00273FBB" w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002945CC" w:rsidRPr="00B1362E">
+      <w:r w:rsidR="002945CC" w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Manuskript</w:t>
       </w:r>
-      <w:r w:rsidR="00273FBB" w:rsidRPr="00B1362E">
+      <w:r w:rsidR="00273FBB" w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> beteiligt, bitten wir Sie, die Erklärung </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>auch im Namen der weiteren Autor</w:t>
       </w:r>
-      <w:r w:rsidR="00F57B6C" w:rsidRPr="00B1362E">
+      <w:r w:rsidR="00F57B6C" w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="00273FBB" w:rsidRPr="00B1362E">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidR="00273FBB" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F147EF" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">und Autorinnen </w:t>
+      </w:r>
+      <w:r w:rsidR="00273FBB" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>abzugeben</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DCD0C7C" w14:textId="7339AE63" w:rsidR="00BA0E0A" w:rsidRPr="00B1362E" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
+    <w:p w14:paraId="5DCD0C7C" w14:textId="7339AE63" w:rsidR="00BA0E0A" w:rsidRPr="00082687" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Erklärung ist notwendige Voraussetzung für die Annahme und Veröffentlichung Ihres Manuskripts. </w:t>
       </w:r>
-      <w:r w:rsidR="00E24063" w:rsidRPr="00B1362E">
+      <w:r w:rsidR="00E24063" w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ihre Erklärung wird zusammen mit dem Artikel publiziert. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DDBAC21" w14:textId="79AA85BB" w:rsidR="00273FBB" w:rsidRPr="00B1362E" w:rsidRDefault="00273FBB" w:rsidP="00273FBB">
+    <w:p w14:paraId="2DDBAC21" w14:textId="79AA85BB" w:rsidR="00273FBB" w:rsidRPr="00082687" w:rsidRDefault="00273FBB" w:rsidP="00273FBB">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Titel des Manuskripts: ……………………………………………………………………………………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1407DFEC" w14:textId="3B926146" w:rsidR="00273FBB" w:rsidRPr="00B1362E" w:rsidRDefault="00273FBB" w:rsidP="00273FBB">
+    <w:p w14:paraId="1407DFEC" w14:textId="3B926146" w:rsidR="00273FBB" w:rsidRPr="00082687" w:rsidRDefault="00273FBB" w:rsidP="00273FBB">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………..……………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="279101BB" w14:textId="09B3BAFD" w:rsidR="00BA0E0A" w:rsidRPr="00B1362E" w:rsidRDefault="007218CA" w:rsidP="00F57B6C">
+    <w:p w14:paraId="279101BB" w14:textId="65D46135" w:rsidR="00BA0E0A" w:rsidRPr="00082687" w:rsidRDefault="007218CA" w:rsidP="00F57B6C">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sym w:font="Wingdings 2" w:char="F0A3"/>
       </w:r>
-      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00B1362E">
+      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ich erkläre, dass </w:t>
       </w:r>
-      <w:r w:rsidR="00273FBB" w:rsidRPr="00B1362E">
+      <w:r w:rsidR="00273FBB" w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ich </w:t>
       </w:r>
-      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00B1362E">
-[...5 lines deleted...]
-        <w:t>während der letzten 3 Jahre keine wirtschaftlichen oder persönlichen Verbindungen im oben genannten Sinne hatte.</w:t>
+      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">während der letzten 3 Jahre </w:t>
+      </w:r>
+      <w:r w:rsidR="003A0A1A" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">im Kontext meines Artikels </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>keine wirtschaftlichen oder persönlichen Verbindungen im oben genannten Sinne hatte</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E6F" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, welche über meine deklarierte aktuelle berufliche Tätigkeit, Anstellung und Funktion h</w:t>
+      </w:r>
+      <w:r w:rsidR="00364B6B" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E6F" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ausgehen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57ABAC10" w14:textId="56976969" w:rsidR="00273FBB" w:rsidRPr="00B1362E" w:rsidRDefault="007218CA" w:rsidP="00273FBB">
+    <w:p w14:paraId="6A670C00" w14:textId="6FE538F7" w:rsidR="00EC5E6F" w:rsidRPr="00082687" w:rsidRDefault="007218CA" w:rsidP="00EC5E6F">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sym w:font="Wingdings 2" w:char="F0A3"/>
       </w:r>
-      <w:r w:rsidR="00BB4F74" w:rsidRPr="00B1362E">
+      <w:r w:rsidR="00BB4F74" w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00273FBB" w:rsidRPr="00B1362E">
-[...5 lines deleted...]
-        <w:t>Ich erkläre, dass wir, die Autorinnen und Autoren des Manuskripts, während der letzten 3 Jahre keine wirtschaftlichen oder persönlichen Verbindungen im oben genannten Sinne hatten.</w:t>
+      <w:r w:rsidR="00273FBB" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ich erkläre, dass wir, die Autorinnen und Autoren des Manuskripts, während der letzten 3 Jahre </w:t>
+      </w:r>
+      <w:r w:rsidR="00364B6B" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">im Kontext unseres Artikels </w:t>
+      </w:r>
+      <w:r w:rsidR="00273FBB" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>keine wirtschaftlichen oder persönlichen Verbindungen im oben genannten Sinne hatten</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E6F" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, welche über </w:t>
+      </w:r>
+      <w:r w:rsidR="00860CDA" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>unsere</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E6F" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> deklarierte aktuelle berufliche Tätigkeit, Anstellung und Funktion h</w:t>
+      </w:r>
+      <w:r w:rsidR="008A6CD9" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E6F" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ausgehen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="609391C5" w14:textId="30565805" w:rsidR="00BA0E0A" w:rsidRPr="00B1362E" w:rsidRDefault="007218CA" w:rsidP="00F57B6C">
+    <w:p w14:paraId="4CB4EF6B" w14:textId="29A3E9C9" w:rsidR="00EC5E6F" w:rsidRPr="00082687" w:rsidRDefault="007218CA" w:rsidP="00EC5E6F">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sym w:font="Wingdings 2" w:char="F0A3"/>
       </w:r>
-      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00B1362E">
-[...7 lines deleted...]
-      <w:r w:rsidR="00273FBB" w:rsidRPr="00B1362E">
+      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD296E" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Autoren</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7174E" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6458" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Autorinnen</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00273FBB" w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">dieses Artikels </w:t>
       </w:r>
-      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00B1362E">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">hatten während der letzten 3 Jahre wirtschaftliche oder persönliche Verbindungen wie folgt: </w:t>
+      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hatten während der letzten 3 Jahre </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6458" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">im Kontext des Artikels </w:t>
+      </w:r>
+      <w:r w:rsidR="00B426F5" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nachfolgende </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>wirtschaftliche oder persönliche Verbindungen</w:t>
+      </w:r>
+      <w:r w:rsidR="00B426F5" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, welche</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E6F" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>über die deklarierte aktuelle berufliche Tätigkeit, Anstellung und Funktion h</w:t>
+      </w:r>
+      <w:r w:rsidR="00B426F5" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E6F" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ausgehen:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F4EF672" w14:textId="73515292" w:rsidR="00410A83" w:rsidRPr="00B1362E" w:rsidRDefault="00273FBB" w:rsidP="00410A83">
+    <w:p w14:paraId="609391C5" w14:textId="104C8164" w:rsidR="00BA0E0A" w:rsidRPr="00082687" w:rsidRDefault="00BA0E0A" w:rsidP="00F57B6C">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1362E">
-[...48 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="68E4DB38" w14:textId="77777777" w:rsidR="00273FBB" w:rsidRPr="00B1362E" w:rsidRDefault="00273FBB" w:rsidP="00273FBB">
+    <w:p w14:paraId="5F4EF672" w14:textId="73515292" w:rsidR="00410A83" w:rsidRPr="00082687" w:rsidRDefault="00273FBB" w:rsidP="00410A83">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1362E">
-[...5 lines deleted...]
-        <w:t>NAME …………………………………… Verbindungen …………………………………………………</w:t>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NAME </w:t>
+      </w:r>
+      <w:r w:rsidR="00F57B6C" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……………………………………</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Verbindungen </w:t>
+      </w:r>
+      <w:r w:rsidR="00F57B6C" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…………………………………………………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidR="00F57B6C" w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidR="00F57B6C" w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EBADFFE" w14:textId="77777777" w:rsidR="00273FBB" w:rsidRPr="00B1362E" w:rsidRDefault="00273FBB" w:rsidP="00273FBB">
+    <w:p w14:paraId="68E4DB38" w14:textId="77777777" w:rsidR="00273FBB" w:rsidRPr="00082687" w:rsidRDefault="00273FBB" w:rsidP="00273FBB">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>NAME …………………………………… Verbindungen …………………………………………………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="522FD549" w14:textId="77777777" w:rsidR="00273FBB" w:rsidRPr="00B1362E" w:rsidRDefault="00273FBB" w:rsidP="00273FBB">
+    <w:p w14:paraId="2EBADFFE" w14:textId="77777777" w:rsidR="00273FBB" w:rsidRPr="00082687" w:rsidRDefault="00273FBB" w:rsidP="00273FBB">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>NAME …………………………………… Verbindungen …………………………………………………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B1362E">
+      <w:r w:rsidRPr="00082687">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2906B5A2" w14:textId="77777777" w:rsidR="00F57B6C" w:rsidRPr="00B1362E" w:rsidRDefault="00F57B6C" w:rsidP="00F57B6C">
+    <w:p w14:paraId="522FD549" w14:textId="77777777" w:rsidR="00273FBB" w:rsidRPr="00082687" w:rsidRDefault="00273FBB" w:rsidP="00273FBB">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>NAME …………………………………… Verbindungen …………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2A6E3A43" w14:textId="10162C56" w:rsidR="00F57B6C" w:rsidRPr="00B1362E" w:rsidRDefault="00F57B6C" w:rsidP="00BA0E0A">
+    <w:p w14:paraId="2906B5A2" w14:textId="77777777" w:rsidR="00F57B6C" w:rsidRPr="00082687" w:rsidRDefault="00F57B6C" w:rsidP="00F57B6C">
       <w:pPr>
+        <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30300709" w14:textId="77777777" w:rsidR="00273FBB" w:rsidRPr="00B1362E" w:rsidRDefault="00273FBB" w:rsidP="00BA0E0A">
+    <w:p w14:paraId="64D57BE0" w14:textId="5B258BC1" w:rsidR="00BA0E0A" w:rsidRPr="00082687" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Datum</w:t>
+      </w:r>
+      <w:r w:rsidR="00F57B6C" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D4623D7" w14:textId="77777777" w:rsidR="004126D0" w:rsidRPr="00082687" w:rsidRDefault="004126D0" w:rsidP="00BA0E0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64D57BE0" w14:textId="5B258BC1" w:rsidR="00BA0E0A" w:rsidRPr="00B1362E" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
+    <w:p w14:paraId="6CFE1FFB" w14:textId="7C1E4DD7" w:rsidR="00BA0E0A" w:rsidRPr="00082687" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1362E">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Unterschrift </w:t>
+      </w:r>
+      <w:r w:rsidR="00F57B6C" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Korrespondenz-Autor/in): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D4623D7" w14:textId="77777777" w:rsidR="004126D0" w:rsidRPr="00B1362E" w:rsidRDefault="004126D0" w:rsidP="00BA0E0A">
+    <w:p w14:paraId="6C1DD7B1" w14:textId="1F243E17" w:rsidR="00BA0E0A" w:rsidRPr="00082687" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CFE1FFB" w14:textId="7C1E4DD7" w:rsidR="00BA0E0A" w:rsidRPr="00B1362E" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
+    <w:p w14:paraId="021D6A47" w14:textId="4C31A5F6" w:rsidR="00C57F45" w:rsidRDefault="00C57F45">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1362E">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">(Korrespondenz-Autor/in): </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C1DD7B1" w14:textId="1F243E17" w:rsidR="00BA0E0A" w:rsidRPr="00B1362E" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
+    <w:p w14:paraId="3D82CA82" w14:textId="0309AB0B" w:rsidR="00BA0E0A" w:rsidRPr="00082687" w:rsidRDefault="00F40BA1" w:rsidP="00BA0E0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Erläuterung </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>zu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>m Formular «M</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ögliche Interessenkonflikte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="194A6470" w14:textId="77777777" w:rsidR="001264D2" w:rsidRPr="00082687" w:rsidRDefault="001264D2" w:rsidP="00BA0E0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="021D6A47" w14:textId="77777777" w:rsidR="00BA0E0A" w:rsidRPr="00B1362E" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
+    <w:p w14:paraId="05CA757F" w14:textId="7B7B76E7" w:rsidR="00BA0E0A" w:rsidRPr="00082687" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sehr geehrte Autorin, sehr geehrter Autor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1889656C" w14:textId="2D5D5DAC" w:rsidR="004126D0" w:rsidRPr="00082687" w:rsidRDefault="00121BA1" w:rsidP="00BA0E0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">irtschaftliche oder persönliche Verbindungen zwischen Autoren </w:t>
+      </w:r>
+      <w:r w:rsidR="00831DE7" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sowie Autorinnen </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">und Organisationen können einen Interessenkonflikt zur Folge haben. Die Offenlegung solcher Verbindungen </w:t>
+      </w:r>
+      <w:r w:rsidR="00343FAF" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aus den vergangenen </w:t>
+      </w:r>
+      <w:r w:rsidR="00273FBB" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>drei</w:t>
+      </w:r>
+      <w:r w:rsidR="00343FAF" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Jahren </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dient dazu, den Prozess der Publikation von Artikeln in unseren Fachzeitschriften sowie die Fachdiskussion darüber zu versachlichen</w:t>
+      </w:r>
+      <w:r w:rsidR="00343FAF" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und transparent zu gestalten</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0E0A" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55F9916C" w14:textId="1526BC29" w:rsidR="00BA0E0A" w:rsidRPr="00082687" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ein möglicher Interessenkonflikt im Sinne des International Committee </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medical Journal Editors (ICMJE, www.icmje.com) besteht, wenn </w:t>
+      </w:r>
+      <w:r w:rsidR="000A55CD" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ein Autor</w:t>
+      </w:r>
+      <w:r w:rsidR="007922E2" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oder </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ein</w:t>
+      </w:r>
+      <w:r w:rsidR="00343FAF" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Autor</w:t>
+      </w:r>
+      <w:r w:rsidR="00343FAF" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wirtschaftliche oder persönliche Verbindungen zu Unternehmen der Gesundheitswirtschaft (z. B. Arzneimittel- oder Medizinprodukteindustrie) </w:t>
+      </w:r>
+      <w:r w:rsidR="004126D0" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oder anderen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kommerziell orientierten </w:t>
+      </w:r>
+      <w:r w:rsidR="004126D0" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Organisationen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oder Versicherungen hat, die von der Publikation </w:t>
+      </w:r>
+      <w:r w:rsidR="007D4654" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>seines/</w:t>
+      </w:r>
+      <w:r w:rsidR="00343FAF" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ihres Artikels </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>positiv oder negativ betroffen sein könnten.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EE552D3" w14:textId="35250317" w:rsidR="00BA0E0A" w:rsidRPr="00082687" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wirtschaftliche Verbindungen sind z. B. die Mitgliedschaft in Beratungsgremien, Beschäftigungsverhältnisse, Reisekostenunterstützungen, Honorare, Aktien- oder Anteilsbesitze, Forschungsunterstützungen oder andere Drittmittel. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BB563FA" w14:textId="1D715B5E" w:rsidR="00BA0E0A" w:rsidRPr="00082687" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Persönliche Verbindungen liegen mitunter vor, wenn Verbindungen zu jemandem bestehen, dessen wirtschaftliche oder ideelle Belange durch den Artikel berührt werden (z. B. familiäre Verbindungen, Partnerschaften oder persönliche Beziehungen mit Vertretungsberechtigten eines Unternehmens der Gesundheitswirtschaft). Auch die Mitgliedschaft in Fachgesellschaften oder Berufsverbänden, die durch den Artikel betroffen sind, kann einen Interessenkonflikt begründen. Dies gilt entsprechend für besondere und für den Artikel relevante Interessen, z. B. politische, akademische (z. B. Zugehörigkeit zu bestimmten </w:t>
+      </w:r>
+      <w:r w:rsidR="00121BA1" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Schulen</w:t>
+      </w:r>
+      <w:r w:rsidR="00121BA1" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), wissenschaftliche oder persönliche Interessen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="444BF6E1" w14:textId="78FDE8EA" w:rsidR="00BA0E0A" w:rsidRPr="00082687" w:rsidRDefault="00BA0E0A" w:rsidP="004126D0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Der korrespondierende Autor</w:t>
+      </w:r>
+      <w:r w:rsidR="004A62D7" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oder </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED09B3" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>die korrespondierende Autorin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eines Artikels wird gebeten, die ausgefüllte und unterschriebene Erklärung gleichzeitig mit dem Artikel im Namen aller Autoren </w:t>
+      </w:r>
+      <w:r w:rsidR="00343FAF" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">und Autorinnen </w:t>
+      </w:r>
+      <w:r w:rsidR="002945CC" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bei der Koordinatorin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> einzureichen. Die Erklärung ist notwendige Voraussetzung für eine spätere Veröffentlichung. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E24063" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ihre Erklärung wird zusammen mit dem Artikel publiziert</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="314AF57F" w14:textId="66234D4A" w:rsidR="00BA0E0A" w:rsidRPr="00082687" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sollten Sie dazu noch Fragen haben, </w:t>
+      </w:r>
+      <w:r w:rsidR="00273FBB" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">können </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sie sich gerne an uns</w:t>
+      </w:r>
+      <w:r w:rsidR="00273FBB" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wenden</w:t>
+      </w:r>
+      <w:r w:rsidR="00586CC8" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DBA2804" w14:textId="77777777" w:rsidR="00F57B6C" w:rsidRPr="00082687" w:rsidRDefault="00F57B6C" w:rsidP="00BA0E0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D82CA82" w14:textId="755B6925" w:rsidR="00BA0E0A" w:rsidRPr="00B1362E" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
+    <w:p w14:paraId="2D08E8AE" w14:textId="242AF81F" w:rsidR="00BA0E0A" w:rsidRPr="00082687" w:rsidRDefault="00BA0E0A" w:rsidP="00BA0E0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1362E">
-[...51 lines deleted...]
-        <w:t>»</w:t>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vielen Dank</w:t>
+      </w:r>
+      <w:r w:rsidR="00121BA1" w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="194A6470" w14:textId="77777777" w:rsidR="001264D2" w:rsidRPr="00B1362E" w:rsidRDefault="001264D2" w:rsidP="00BA0E0A">
-[...459 lines deleted...]
-    <w:p w14:paraId="04CF4A2C" w14:textId="77777777" w:rsidR="00343FAF" w:rsidRPr="00B1362E" w:rsidRDefault="00343FAF" w:rsidP="00BA0E0A">
+    <w:p w14:paraId="04CF4A2C" w14:textId="77777777" w:rsidR="00343FAF" w:rsidRPr="00082687" w:rsidRDefault="00343FAF" w:rsidP="00BA0E0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="508B2725" w14:textId="33AFC769" w:rsidR="00343FAF" w:rsidRPr="00B1362E" w:rsidRDefault="00343FAF" w:rsidP="00BA0E0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00082687">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Die Redaktion</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B1362E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Die Redaktion </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00343FAF" w:rsidRPr="00B1362E">
-      <w:footerReference w:type="default" r:id="rId6"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="137D3366" w14:textId="77777777" w:rsidR="00601B85" w:rsidRDefault="00601B85" w:rsidP="001F0F7E">
+    <w:p w14:paraId="1677FE89" w14:textId="77777777" w:rsidR="005E7871" w:rsidRDefault="005E7871" w:rsidP="001F0F7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6368B86E" w14:textId="77777777" w:rsidR="00601B85" w:rsidRDefault="00601B85" w:rsidP="001F0F7E">
+    <w:p w14:paraId="2259578B" w14:textId="77777777" w:rsidR="005E7871" w:rsidRDefault="005E7871" w:rsidP="001F0F7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0198C9C0" w14:textId="61B2881C" w:rsidR="001B4A2B" w:rsidRPr="000C0188" w:rsidRDefault="001B4A2B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0198C9C0" w14:textId="21F1C8D6" w:rsidR="001B4A2B" w:rsidRPr="000C0188" w:rsidRDefault="00767D77">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="000C0188">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>28.10.2024/</w:t>
+      <w:t>16.01.2026</w:t>
+    </w:r>
+    <w:r w:rsidR="001B4A2B" w:rsidRPr="000C0188">
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>/</w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="000C0188">
+    <w:r w:rsidR="001B4A2B" w:rsidRPr="000C0188">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>roo</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="000C0188" w:rsidRPr="000C0188">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="000C0188" w:rsidRPr="000C0188">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t>Seite 1/2</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2449EB26" w14:textId="092F95F7" w:rsidR="001F0F7E" w:rsidRPr="005B4302" w:rsidRDefault="001F0F7E">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7217B0EF" w14:textId="77777777" w:rsidR="00601B85" w:rsidRDefault="00601B85" w:rsidP="001F0F7E">
+    <w:p w14:paraId="4B2C0B83" w14:textId="77777777" w:rsidR="005E7871" w:rsidRDefault="005E7871" w:rsidP="001F0F7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1BD7A130" w14:textId="77777777" w:rsidR="00601B85" w:rsidRDefault="00601B85" w:rsidP="001F0F7E">
+    <w:p w14:paraId="097A81A2" w14:textId="77777777" w:rsidR="005E7871" w:rsidRDefault="005E7871" w:rsidP="001F0F7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BA0E0A"/>
     <w:rsid w:val="000015B9"/>
     <w:rsid w:val="000045CC"/>
     <w:rsid w:val="00005AC2"/>
     <w:rsid w:val="000061AA"/>
     <w:rsid w:val="0000657D"/>
     <w:rsid w:val="00007FA5"/>
     <w:rsid w:val="000109E4"/>
     <w:rsid w:val="00010E3B"/>
     <w:rsid w:val="00010FE9"/>
     <w:rsid w:val="00016E61"/>
     <w:rsid w:val="00016F50"/>
     <w:rsid w:val="0002441C"/>
     <w:rsid w:val="000258E5"/>
+    <w:rsid w:val="000271E0"/>
     <w:rsid w:val="000276BA"/>
     <w:rsid w:val="00030A89"/>
     <w:rsid w:val="00030E5A"/>
     <w:rsid w:val="00043DCF"/>
     <w:rsid w:val="00044130"/>
     <w:rsid w:val="00046F2A"/>
     <w:rsid w:val="00047B2F"/>
     <w:rsid w:val="00053835"/>
     <w:rsid w:val="0005514E"/>
     <w:rsid w:val="00056D58"/>
     <w:rsid w:val="00061464"/>
     <w:rsid w:val="00061850"/>
     <w:rsid w:val="00062881"/>
     <w:rsid w:val="00064459"/>
     <w:rsid w:val="000646FD"/>
     <w:rsid w:val="00066206"/>
     <w:rsid w:val="00067D1A"/>
     <w:rsid w:val="00067D22"/>
+    <w:rsid w:val="00071F60"/>
     <w:rsid w:val="0007297A"/>
     <w:rsid w:val="0007541A"/>
     <w:rsid w:val="00075D25"/>
     <w:rsid w:val="00082037"/>
     <w:rsid w:val="000820A9"/>
+    <w:rsid w:val="00082687"/>
+    <w:rsid w:val="000828BA"/>
     <w:rsid w:val="000840EA"/>
     <w:rsid w:val="000916E0"/>
     <w:rsid w:val="00091742"/>
     <w:rsid w:val="00092408"/>
     <w:rsid w:val="00092694"/>
     <w:rsid w:val="00093C5B"/>
     <w:rsid w:val="0009486C"/>
     <w:rsid w:val="00094FD5"/>
     <w:rsid w:val="000A3A09"/>
     <w:rsid w:val="000A4798"/>
+    <w:rsid w:val="000A55CD"/>
+    <w:rsid w:val="000B21BD"/>
     <w:rsid w:val="000B616C"/>
     <w:rsid w:val="000B6999"/>
     <w:rsid w:val="000C0188"/>
     <w:rsid w:val="000C5DFE"/>
     <w:rsid w:val="000D21B7"/>
     <w:rsid w:val="000D5B74"/>
     <w:rsid w:val="000E25CC"/>
     <w:rsid w:val="000E35CB"/>
     <w:rsid w:val="000F3476"/>
     <w:rsid w:val="000F7C6A"/>
     <w:rsid w:val="0010286B"/>
     <w:rsid w:val="00104390"/>
     <w:rsid w:val="00105C81"/>
     <w:rsid w:val="00106A0D"/>
     <w:rsid w:val="00117054"/>
     <w:rsid w:val="00121BA1"/>
     <w:rsid w:val="00122030"/>
     <w:rsid w:val="00123FAA"/>
     <w:rsid w:val="001257CF"/>
     <w:rsid w:val="00125ECD"/>
     <w:rsid w:val="001264D2"/>
     <w:rsid w:val="00134732"/>
     <w:rsid w:val="00135720"/>
     <w:rsid w:val="00136EF2"/>
     <w:rsid w:val="00137841"/>
@@ -1539,255 +1853,270 @@
     <w:rsid w:val="00161891"/>
     <w:rsid w:val="00165151"/>
     <w:rsid w:val="00170504"/>
     <w:rsid w:val="00175455"/>
     <w:rsid w:val="00175FB0"/>
     <w:rsid w:val="001769FB"/>
     <w:rsid w:val="0017774B"/>
     <w:rsid w:val="0018270C"/>
     <w:rsid w:val="00182FC7"/>
     <w:rsid w:val="001835C1"/>
     <w:rsid w:val="001835FC"/>
     <w:rsid w:val="001846B2"/>
     <w:rsid w:val="001872CD"/>
     <w:rsid w:val="001877B8"/>
     <w:rsid w:val="00187E27"/>
     <w:rsid w:val="001926AF"/>
     <w:rsid w:val="00193BFB"/>
     <w:rsid w:val="00193C8D"/>
     <w:rsid w:val="001951B2"/>
     <w:rsid w:val="001A3C41"/>
     <w:rsid w:val="001A5280"/>
     <w:rsid w:val="001B4A2B"/>
     <w:rsid w:val="001C1D76"/>
     <w:rsid w:val="001C27BC"/>
     <w:rsid w:val="001C2D96"/>
+    <w:rsid w:val="001C39BC"/>
     <w:rsid w:val="001C3F3D"/>
     <w:rsid w:val="001D02C5"/>
     <w:rsid w:val="001D39F0"/>
     <w:rsid w:val="001E0049"/>
     <w:rsid w:val="001E098D"/>
     <w:rsid w:val="001E1CB2"/>
     <w:rsid w:val="001E2CB4"/>
     <w:rsid w:val="001E316A"/>
     <w:rsid w:val="001E5263"/>
     <w:rsid w:val="001F0F7E"/>
     <w:rsid w:val="001F4785"/>
     <w:rsid w:val="001F54E6"/>
     <w:rsid w:val="0020537C"/>
     <w:rsid w:val="00213EA9"/>
     <w:rsid w:val="00215F91"/>
     <w:rsid w:val="00221CE7"/>
     <w:rsid w:val="002224F7"/>
     <w:rsid w:val="0022253B"/>
     <w:rsid w:val="00223D3C"/>
     <w:rsid w:val="00227CDF"/>
     <w:rsid w:val="00235E11"/>
+    <w:rsid w:val="00241446"/>
     <w:rsid w:val="00242272"/>
     <w:rsid w:val="002531D4"/>
     <w:rsid w:val="0025404E"/>
     <w:rsid w:val="0025431B"/>
+    <w:rsid w:val="00254C95"/>
     <w:rsid w:val="00257245"/>
     <w:rsid w:val="002572F2"/>
     <w:rsid w:val="00260F98"/>
     <w:rsid w:val="00263ADF"/>
+    <w:rsid w:val="00267EF0"/>
     <w:rsid w:val="00273FBB"/>
     <w:rsid w:val="00275083"/>
     <w:rsid w:val="00275812"/>
     <w:rsid w:val="00275FA7"/>
     <w:rsid w:val="0028035E"/>
+    <w:rsid w:val="0028063E"/>
     <w:rsid w:val="002833F2"/>
     <w:rsid w:val="002877ED"/>
     <w:rsid w:val="00293976"/>
     <w:rsid w:val="002945CC"/>
     <w:rsid w:val="0029719C"/>
     <w:rsid w:val="002A2620"/>
     <w:rsid w:val="002A3081"/>
     <w:rsid w:val="002A7C8E"/>
     <w:rsid w:val="002B2A17"/>
     <w:rsid w:val="002B7859"/>
     <w:rsid w:val="002C4698"/>
     <w:rsid w:val="002D1F16"/>
     <w:rsid w:val="002D1F67"/>
     <w:rsid w:val="002D4EFE"/>
     <w:rsid w:val="002D4F08"/>
     <w:rsid w:val="002D7775"/>
     <w:rsid w:val="002F2EC2"/>
     <w:rsid w:val="002F46FF"/>
     <w:rsid w:val="002F5A36"/>
     <w:rsid w:val="003025FD"/>
     <w:rsid w:val="00304222"/>
     <w:rsid w:val="00305DC9"/>
     <w:rsid w:val="0030694A"/>
     <w:rsid w:val="00307BB0"/>
     <w:rsid w:val="00313700"/>
     <w:rsid w:val="00323082"/>
     <w:rsid w:val="0033141D"/>
     <w:rsid w:val="00343FAF"/>
     <w:rsid w:val="00345233"/>
     <w:rsid w:val="00350D75"/>
     <w:rsid w:val="0035196B"/>
     <w:rsid w:val="00355222"/>
     <w:rsid w:val="00357CB9"/>
     <w:rsid w:val="00360FB8"/>
     <w:rsid w:val="00361605"/>
+    <w:rsid w:val="00364B6B"/>
     <w:rsid w:val="00371999"/>
     <w:rsid w:val="00371A2E"/>
     <w:rsid w:val="003731C6"/>
     <w:rsid w:val="00373744"/>
     <w:rsid w:val="00373F9F"/>
     <w:rsid w:val="0037685F"/>
     <w:rsid w:val="0038368C"/>
+    <w:rsid w:val="003A0A1A"/>
     <w:rsid w:val="003A3F31"/>
     <w:rsid w:val="003A4023"/>
     <w:rsid w:val="003A4A4F"/>
     <w:rsid w:val="003A5928"/>
     <w:rsid w:val="003A63AD"/>
     <w:rsid w:val="003A65C7"/>
     <w:rsid w:val="003B7906"/>
     <w:rsid w:val="003C25BA"/>
     <w:rsid w:val="003C2C85"/>
     <w:rsid w:val="003C55B0"/>
     <w:rsid w:val="003C6025"/>
     <w:rsid w:val="003D4F04"/>
     <w:rsid w:val="003D5038"/>
     <w:rsid w:val="003E0155"/>
     <w:rsid w:val="003E62CA"/>
+    <w:rsid w:val="003F34E3"/>
     <w:rsid w:val="003F38BC"/>
     <w:rsid w:val="003F407F"/>
     <w:rsid w:val="00402485"/>
     <w:rsid w:val="0040324D"/>
+    <w:rsid w:val="004074C5"/>
     <w:rsid w:val="00410A83"/>
     <w:rsid w:val="004126D0"/>
+    <w:rsid w:val="004169EB"/>
     <w:rsid w:val="00420262"/>
     <w:rsid w:val="00426218"/>
     <w:rsid w:val="00430D59"/>
     <w:rsid w:val="00432376"/>
     <w:rsid w:val="0043260D"/>
     <w:rsid w:val="00434460"/>
     <w:rsid w:val="00440F2C"/>
     <w:rsid w:val="00442020"/>
     <w:rsid w:val="00443A10"/>
     <w:rsid w:val="00445E8B"/>
     <w:rsid w:val="00453ECF"/>
     <w:rsid w:val="004620CC"/>
     <w:rsid w:val="00462F21"/>
     <w:rsid w:val="00463118"/>
     <w:rsid w:val="004664AB"/>
     <w:rsid w:val="00467221"/>
     <w:rsid w:val="0047082B"/>
     <w:rsid w:val="00473E01"/>
     <w:rsid w:val="0047580B"/>
     <w:rsid w:val="00476689"/>
     <w:rsid w:val="004828AA"/>
     <w:rsid w:val="00484D68"/>
     <w:rsid w:val="00486D5E"/>
     <w:rsid w:val="0048709F"/>
     <w:rsid w:val="004876F1"/>
     <w:rsid w:val="00487D4D"/>
     <w:rsid w:val="00490678"/>
     <w:rsid w:val="00493030"/>
     <w:rsid w:val="00495C6D"/>
     <w:rsid w:val="00496137"/>
     <w:rsid w:val="00497760"/>
     <w:rsid w:val="004A191B"/>
     <w:rsid w:val="004A244E"/>
     <w:rsid w:val="004A2572"/>
     <w:rsid w:val="004A2B74"/>
     <w:rsid w:val="004A3A3D"/>
     <w:rsid w:val="004A5A13"/>
+    <w:rsid w:val="004A62D7"/>
     <w:rsid w:val="004A6DEE"/>
     <w:rsid w:val="004B0239"/>
     <w:rsid w:val="004B1624"/>
     <w:rsid w:val="004B3035"/>
     <w:rsid w:val="004B467C"/>
     <w:rsid w:val="004B5BF5"/>
     <w:rsid w:val="004B7A34"/>
     <w:rsid w:val="004C3FDC"/>
     <w:rsid w:val="004D2B4A"/>
     <w:rsid w:val="004E3A3E"/>
     <w:rsid w:val="004E7048"/>
     <w:rsid w:val="004F14E4"/>
     <w:rsid w:val="004F2B4F"/>
     <w:rsid w:val="004F32D1"/>
     <w:rsid w:val="004F6111"/>
     <w:rsid w:val="00502B85"/>
     <w:rsid w:val="00502F5D"/>
     <w:rsid w:val="00502FAB"/>
     <w:rsid w:val="00507345"/>
     <w:rsid w:val="00507BB5"/>
     <w:rsid w:val="00507E49"/>
     <w:rsid w:val="0052209D"/>
     <w:rsid w:val="00525615"/>
     <w:rsid w:val="005276F1"/>
+    <w:rsid w:val="005323A3"/>
     <w:rsid w:val="0054037E"/>
     <w:rsid w:val="00541B3F"/>
     <w:rsid w:val="005428A4"/>
     <w:rsid w:val="00544262"/>
     <w:rsid w:val="00547514"/>
     <w:rsid w:val="0055572D"/>
     <w:rsid w:val="00555E48"/>
     <w:rsid w:val="00557944"/>
     <w:rsid w:val="00562011"/>
     <w:rsid w:val="00564C4C"/>
     <w:rsid w:val="00566367"/>
     <w:rsid w:val="0057159D"/>
     <w:rsid w:val="00571E54"/>
     <w:rsid w:val="005749D2"/>
     <w:rsid w:val="00582318"/>
     <w:rsid w:val="00582F34"/>
     <w:rsid w:val="0058443C"/>
     <w:rsid w:val="00586704"/>
     <w:rsid w:val="00586CC8"/>
     <w:rsid w:val="00587FEF"/>
     <w:rsid w:val="0059134B"/>
     <w:rsid w:val="00591603"/>
     <w:rsid w:val="00593942"/>
     <w:rsid w:val="00596C16"/>
     <w:rsid w:val="00596C43"/>
     <w:rsid w:val="00597AAF"/>
     <w:rsid w:val="005A24DE"/>
     <w:rsid w:val="005A38D5"/>
     <w:rsid w:val="005A6718"/>
     <w:rsid w:val="005B4302"/>
+    <w:rsid w:val="005B457D"/>
     <w:rsid w:val="005B5167"/>
     <w:rsid w:val="005B6664"/>
     <w:rsid w:val="005B7395"/>
     <w:rsid w:val="005B7C7E"/>
     <w:rsid w:val="005C5EDD"/>
     <w:rsid w:val="005D21C9"/>
     <w:rsid w:val="005E1972"/>
     <w:rsid w:val="005E2415"/>
+    <w:rsid w:val="005E7871"/>
     <w:rsid w:val="00601B85"/>
     <w:rsid w:val="00603C29"/>
     <w:rsid w:val="006068C5"/>
     <w:rsid w:val="00607478"/>
     <w:rsid w:val="00611E98"/>
     <w:rsid w:val="00612A21"/>
     <w:rsid w:val="00612CA1"/>
     <w:rsid w:val="00613C91"/>
     <w:rsid w:val="00614477"/>
+    <w:rsid w:val="00625455"/>
     <w:rsid w:val="00626630"/>
     <w:rsid w:val="006272F0"/>
     <w:rsid w:val="00633F74"/>
     <w:rsid w:val="006349A1"/>
     <w:rsid w:val="00637215"/>
     <w:rsid w:val="00637F5F"/>
     <w:rsid w:val="006428AA"/>
     <w:rsid w:val="00642CC7"/>
     <w:rsid w:val="00647663"/>
     <w:rsid w:val="006519BD"/>
     <w:rsid w:val="00657234"/>
     <w:rsid w:val="00662E19"/>
     <w:rsid w:val="00671E48"/>
     <w:rsid w:val="00673D7F"/>
     <w:rsid w:val="006742C4"/>
     <w:rsid w:val="00681859"/>
     <w:rsid w:val="00681903"/>
     <w:rsid w:val="0068480A"/>
     <w:rsid w:val="00684CF7"/>
     <w:rsid w:val="0068534D"/>
     <w:rsid w:val="00686340"/>
     <w:rsid w:val="00695478"/>
     <w:rsid w:val="00695909"/>
     <w:rsid w:val="006A0274"/>
     <w:rsid w:val="006A0B23"/>
@@ -1815,148 +2144,159 @@
     <w:rsid w:val="006F29A6"/>
     <w:rsid w:val="006F63FD"/>
     <w:rsid w:val="006F7C83"/>
     <w:rsid w:val="00700DD3"/>
     <w:rsid w:val="007024F3"/>
     <w:rsid w:val="00705832"/>
     <w:rsid w:val="00710DF6"/>
     <w:rsid w:val="0071438E"/>
     <w:rsid w:val="007218CA"/>
     <w:rsid w:val="00722FBE"/>
     <w:rsid w:val="0072560F"/>
     <w:rsid w:val="00725711"/>
     <w:rsid w:val="007257FB"/>
     <w:rsid w:val="00731A6E"/>
     <w:rsid w:val="00736D72"/>
     <w:rsid w:val="00741034"/>
     <w:rsid w:val="007448F3"/>
     <w:rsid w:val="0074593E"/>
     <w:rsid w:val="00745F4B"/>
     <w:rsid w:val="0074629E"/>
     <w:rsid w:val="007464B3"/>
     <w:rsid w:val="0075130E"/>
     <w:rsid w:val="00756442"/>
     <w:rsid w:val="00761A23"/>
     <w:rsid w:val="00762DD3"/>
+    <w:rsid w:val="00767D77"/>
     <w:rsid w:val="00771AB4"/>
     <w:rsid w:val="0077356D"/>
     <w:rsid w:val="007747E4"/>
     <w:rsid w:val="00777BDF"/>
     <w:rsid w:val="00780E7D"/>
     <w:rsid w:val="007846B8"/>
+    <w:rsid w:val="007922E2"/>
     <w:rsid w:val="00796F67"/>
     <w:rsid w:val="00797A54"/>
     <w:rsid w:val="007A4DBB"/>
     <w:rsid w:val="007B42C7"/>
     <w:rsid w:val="007C22CE"/>
     <w:rsid w:val="007D35C4"/>
     <w:rsid w:val="007D45CB"/>
+    <w:rsid w:val="007D4654"/>
     <w:rsid w:val="007D48E3"/>
     <w:rsid w:val="007D4EB5"/>
     <w:rsid w:val="007D52A6"/>
+    <w:rsid w:val="007D7353"/>
     <w:rsid w:val="007D7996"/>
     <w:rsid w:val="007D7EFC"/>
     <w:rsid w:val="007E1254"/>
     <w:rsid w:val="007E1361"/>
     <w:rsid w:val="007E1F51"/>
     <w:rsid w:val="007E4184"/>
     <w:rsid w:val="007F13F3"/>
     <w:rsid w:val="007F4CC7"/>
     <w:rsid w:val="00801EEE"/>
     <w:rsid w:val="00803225"/>
     <w:rsid w:val="00805C89"/>
     <w:rsid w:val="00806431"/>
     <w:rsid w:val="00811E68"/>
     <w:rsid w:val="008121C8"/>
     <w:rsid w:val="00814765"/>
     <w:rsid w:val="00814ED6"/>
     <w:rsid w:val="00815515"/>
     <w:rsid w:val="00815DBF"/>
     <w:rsid w:val="00821375"/>
     <w:rsid w:val="008218A5"/>
     <w:rsid w:val="00826B0D"/>
+    <w:rsid w:val="00831DE7"/>
     <w:rsid w:val="00834116"/>
     <w:rsid w:val="008410F9"/>
     <w:rsid w:val="00844623"/>
     <w:rsid w:val="00846CFD"/>
     <w:rsid w:val="00847D61"/>
     <w:rsid w:val="00850D58"/>
+    <w:rsid w:val="008543D1"/>
+    <w:rsid w:val="00860CDA"/>
     <w:rsid w:val="00861589"/>
     <w:rsid w:val="00863AC1"/>
     <w:rsid w:val="00871787"/>
     <w:rsid w:val="00871FCD"/>
     <w:rsid w:val="008756CE"/>
     <w:rsid w:val="00877174"/>
     <w:rsid w:val="0088560A"/>
     <w:rsid w:val="00886B16"/>
     <w:rsid w:val="00887B7E"/>
     <w:rsid w:val="00890B21"/>
     <w:rsid w:val="008915D5"/>
     <w:rsid w:val="008939BD"/>
     <w:rsid w:val="00894B32"/>
     <w:rsid w:val="0089607D"/>
     <w:rsid w:val="00896582"/>
     <w:rsid w:val="00897284"/>
     <w:rsid w:val="008A0D8B"/>
     <w:rsid w:val="008A2A43"/>
     <w:rsid w:val="008A5FC3"/>
+    <w:rsid w:val="008A6CD9"/>
     <w:rsid w:val="008B0C60"/>
     <w:rsid w:val="008B1227"/>
     <w:rsid w:val="008B211F"/>
     <w:rsid w:val="008B420B"/>
     <w:rsid w:val="008B53BB"/>
     <w:rsid w:val="008B6A3C"/>
     <w:rsid w:val="008C1D84"/>
     <w:rsid w:val="008C2D6A"/>
     <w:rsid w:val="008C4B00"/>
     <w:rsid w:val="008C4CAB"/>
     <w:rsid w:val="008C5832"/>
     <w:rsid w:val="008C7C73"/>
     <w:rsid w:val="008D0371"/>
+    <w:rsid w:val="008D3942"/>
     <w:rsid w:val="008D394D"/>
     <w:rsid w:val="008D587F"/>
     <w:rsid w:val="008D6099"/>
     <w:rsid w:val="008D75D0"/>
     <w:rsid w:val="008E15C5"/>
     <w:rsid w:val="008E1B95"/>
     <w:rsid w:val="008E6844"/>
     <w:rsid w:val="008E769B"/>
     <w:rsid w:val="008F2232"/>
     <w:rsid w:val="008F24BB"/>
     <w:rsid w:val="008F41F8"/>
     <w:rsid w:val="008F7647"/>
     <w:rsid w:val="00906C43"/>
     <w:rsid w:val="009106F2"/>
     <w:rsid w:val="00914CA7"/>
+    <w:rsid w:val="0091664F"/>
     <w:rsid w:val="00920813"/>
     <w:rsid w:val="0092191C"/>
     <w:rsid w:val="0092195A"/>
     <w:rsid w:val="0092337A"/>
     <w:rsid w:val="009235B6"/>
     <w:rsid w:val="00923631"/>
     <w:rsid w:val="009239FA"/>
     <w:rsid w:val="0092714D"/>
+    <w:rsid w:val="009272B7"/>
     <w:rsid w:val="00931A0F"/>
     <w:rsid w:val="009322AB"/>
     <w:rsid w:val="00937BD6"/>
     <w:rsid w:val="00945360"/>
     <w:rsid w:val="00945826"/>
     <w:rsid w:val="00950F58"/>
     <w:rsid w:val="00971B73"/>
     <w:rsid w:val="00971C46"/>
     <w:rsid w:val="009733BB"/>
     <w:rsid w:val="00975F8B"/>
     <w:rsid w:val="00975FF7"/>
     <w:rsid w:val="00980FE1"/>
     <w:rsid w:val="00982152"/>
     <w:rsid w:val="009839A0"/>
     <w:rsid w:val="00992A88"/>
     <w:rsid w:val="00996271"/>
     <w:rsid w:val="00996FBB"/>
     <w:rsid w:val="00997BDE"/>
     <w:rsid w:val="009A21EE"/>
     <w:rsid w:val="009A2DE5"/>
     <w:rsid w:val="009A50E5"/>
     <w:rsid w:val="009B03F6"/>
     <w:rsid w:val="009B0491"/>
     <w:rsid w:val="009B0BFE"/>
     <w:rsid w:val="009B49C7"/>
@@ -1978,139 +2318,149 @@
     <w:rsid w:val="009F249E"/>
     <w:rsid w:val="009F4729"/>
     <w:rsid w:val="009F6A63"/>
     <w:rsid w:val="009F792A"/>
     <w:rsid w:val="00A038F3"/>
     <w:rsid w:val="00A0429A"/>
     <w:rsid w:val="00A04330"/>
     <w:rsid w:val="00A066B9"/>
     <w:rsid w:val="00A07487"/>
     <w:rsid w:val="00A10D3D"/>
     <w:rsid w:val="00A14A2F"/>
     <w:rsid w:val="00A174CB"/>
     <w:rsid w:val="00A242A0"/>
     <w:rsid w:val="00A24550"/>
     <w:rsid w:val="00A256DD"/>
     <w:rsid w:val="00A317A1"/>
     <w:rsid w:val="00A3365F"/>
     <w:rsid w:val="00A42B99"/>
     <w:rsid w:val="00A43CDA"/>
     <w:rsid w:val="00A51C0D"/>
     <w:rsid w:val="00A54B29"/>
     <w:rsid w:val="00A55A48"/>
     <w:rsid w:val="00A56B5B"/>
     <w:rsid w:val="00A628A5"/>
     <w:rsid w:val="00A64383"/>
+    <w:rsid w:val="00A64AF1"/>
     <w:rsid w:val="00A64FB1"/>
     <w:rsid w:val="00A6506E"/>
     <w:rsid w:val="00A67A62"/>
     <w:rsid w:val="00A70AC7"/>
     <w:rsid w:val="00A71010"/>
     <w:rsid w:val="00A835EB"/>
     <w:rsid w:val="00A84280"/>
     <w:rsid w:val="00A842A6"/>
     <w:rsid w:val="00A852B0"/>
     <w:rsid w:val="00A93690"/>
     <w:rsid w:val="00A95B51"/>
     <w:rsid w:val="00AA11EE"/>
     <w:rsid w:val="00AA257C"/>
     <w:rsid w:val="00AA3EA5"/>
     <w:rsid w:val="00AA6040"/>
     <w:rsid w:val="00AB5464"/>
     <w:rsid w:val="00AB54F0"/>
     <w:rsid w:val="00AB7FB0"/>
     <w:rsid w:val="00AC3C17"/>
     <w:rsid w:val="00AC4544"/>
     <w:rsid w:val="00AC6CFF"/>
+    <w:rsid w:val="00AC6D98"/>
+    <w:rsid w:val="00AD296E"/>
     <w:rsid w:val="00AD53B0"/>
     <w:rsid w:val="00AE21CA"/>
     <w:rsid w:val="00AE369C"/>
+    <w:rsid w:val="00AF6458"/>
     <w:rsid w:val="00B0151A"/>
     <w:rsid w:val="00B026B7"/>
     <w:rsid w:val="00B03E0D"/>
     <w:rsid w:val="00B065B6"/>
+    <w:rsid w:val="00B06755"/>
     <w:rsid w:val="00B12E02"/>
     <w:rsid w:val="00B1362E"/>
     <w:rsid w:val="00B14348"/>
     <w:rsid w:val="00B21ECF"/>
     <w:rsid w:val="00B250DE"/>
     <w:rsid w:val="00B25885"/>
     <w:rsid w:val="00B25A5B"/>
     <w:rsid w:val="00B27A16"/>
     <w:rsid w:val="00B33294"/>
     <w:rsid w:val="00B36B92"/>
+    <w:rsid w:val="00B426F5"/>
     <w:rsid w:val="00B45A0C"/>
     <w:rsid w:val="00B56BCE"/>
     <w:rsid w:val="00B628B6"/>
     <w:rsid w:val="00B62FA0"/>
     <w:rsid w:val="00B64BF7"/>
     <w:rsid w:val="00B70BB6"/>
+    <w:rsid w:val="00B7174E"/>
     <w:rsid w:val="00B76EAE"/>
+    <w:rsid w:val="00B81459"/>
     <w:rsid w:val="00B82DAE"/>
     <w:rsid w:val="00B82FC0"/>
     <w:rsid w:val="00B8539D"/>
     <w:rsid w:val="00B86A8A"/>
     <w:rsid w:val="00B93C58"/>
     <w:rsid w:val="00BA0E0A"/>
     <w:rsid w:val="00BA2193"/>
     <w:rsid w:val="00BA2744"/>
     <w:rsid w:val="00BA3278"/>
     <w:rsid w:val="00BA4429"/>
     <w:rsid w:val="00BA4A30"/>
     <w:rsid w:val="00BA50B0"/>
     <w:rsid w:val="00BA6DC3"/>
     <w:rsid w:val="00BB386C"/>
     <w:rsid w:val="00BB41CD"/>
     <w:rsid w:val="00BB4994"/>
     <w:rsid w:val="00BB4F74"/>
     <w:rsid w:val="00BC08F4"/>
     <w:rsid w:val="00BC168C"/>
     <w:rsid w:val="00BC297A"/>
     <w:rsid w:val="00BC49A4"/>
     <w:rsid w:val="00BD31E2"/>
     <w:rsid w:val="00BD34C5"/>
     <w:rsid w:val="00BD4B8D"/>
     <w:rsid w:val="00BD67DC"/>
     <w:rsid w:val="00BE4FC9"/>
     <w:rsid w:val="00BE594E"/>
     <w:rsid w:val="00BE63D3"/>
     <w:rsid w:val="00BF4897"/>
     <w:rsid w:val="00BF7501"/>
     <w:rsid w:val="00C00C42"/>
     <w:rsid w:val="00C02227"/>
     <w:rsid w:val="00C03C66"/>
     <w:rsid w:val="00C064A0"/>
     <w:rsid w:val="00C105A0"/>
     <w:rsid w:val="00C23FFF"/>
+    <w:rsid w:val="00C257F9"/>
     <w:rsid w:val="00C3444E"/>
     <w:rsid w:val="00C35BA2"/>
     <w:rsid w:val="00C41AEA"/>
     <w:rsid w:val="00C42B88"/>
     <w:rsid w:val="00C43759"/>
     <w:rsid w:val="00C467FF"/>
     <w:rsid w:val="00C52FAD"/>
     <w:rsid w:val="00C53A2D"/>
+    <w:rsid w:val="00C57F45"/>
     <w:rsid w:val="00C604C6"/>
     <w:rsid w:val="00C610B1"/>
     <w:rsid w:val="00C612E1"/>
     <w:rsid w:val="00C622E2"/>
     <w:rsid w:val="00C677F5"/>
     <w:rsid w:val="00C73DF7"/>
     <w:rsid w:val="00C772C8"/>
     <w:rsid w:val="00C8254F"/>
     <w:rsid w:val="00C87F7C"/>
     <w:rsid w:val="00C934B6"/>
     <w:rsid w:val="00C93681"/>
     <w:rsid w:val="00CA0A0B"/>
     <w:rsid w:val="00CA1365"/>
     <w:rsid w:val="00CA18F2"/>
     <w:rsid w:val="00CA1AAE"/>
     <w:rsid w:val="00CA271B"/>
     <w:rsid w:val="00CA2E79"/>
     <w:rsid w:val="00CA40E1"/>
     <w:rsid w:val="00CA436D"/>
     <w:rsid w:val="00CA4802"/>
     <w:rsid w:val="00CB1805"/>
     <w:rsid w:val="00CC4501"/>
     <w:rsid w:val="00CC5D7F"/>
     <w:rsid w:val="00CD2748"/>
     <w:rsid w:val="00CD45E6"/>
@@ -2136,124 +2486,134 @@
     <w:rsid w:val="00D3072D"/>
     <w:rsid w:val="00D3143D"/>
     <w:rsid w:val="00D41B15"/>
     <w:rsid w:val="00D50BCE"/>
     <w:rsid w:val="00D51ECE"/>
     <w:rsid w:val="00D5337F"/>
     <w:rsid w:val="00D56A9A"/>
     <w:rsid w:val="00D56D36"/>
     <w:rsid w:val="00D56DBF"/>
     <w:rsid w:val="00D57460"/>
     <w:rsid w:val="00D642A0"/>
     <w:rsid w:val="00D709BF"/>
     <w:rsid w:val="00D70B06"/>
     <w:rsid w:val="00D71CB5"/>
     <w:rsid w:val="00D75841"/>
     <w:rsid w:val="00D8039F"/>
     <w:rsid w:val="00D80910"/>
     <w:rsid w:val="00D9550F"/>
     <w:rsid w:val="00D96B0D"/>
     <w:rsid w:val="00DA0BB1"/>
     <w:rsid w:val="00DA577D"/>
     <w:rsid w:val="00DA5BB7"/>
     <w:rsid w:val="00DA7E2F"/>
     <w:rsid w:val="00DB633D"/>
     <w:rsid w:val="00DB788D"/>
+    <w:rsid w:val="00DC057E"/>
     <w:rsid w:val="00DC5D08"/>
     <w:rsid w:val="00DC5E5B"/>
     <w:rsid w:val="00DD0B03"/>
     <w:rsid w:val="00DE000E"/>
     <w:rsid w:val="00DE6348"/>
     <w:rsid w:val="00DF60FE"/>
     <w:rsid w:val="00DF7FEF"/>
+    <w:rsid w:val="00E046A9"/>
     <w:rsid w:val="00E12737"/>
     <w:rsid w:val="00E15623"/>
     <w:rsid w:val="00E17F99"/>
     <w:rsid w:val="00E24063"/>
     <w:rsid w:val="00E2705B"/>
     <w:rsid w:val="00E307C8"/>
     <w:rsid w:val="00E3383B"/>
     <w:rsid w:val="00E349C6"/>
     <w:rsid w:val="00E360FB"/>
     <w:rsid w:val="00E375BF"/>
     <w:rsid w:val="00E46228"/>
     <w:rsid w:val="00E47242"/>
     <w:rsid w:val="00E53BE3"/>
     <w:rsid w:val="00E5627D"/>
     <w:rsid w:val="00E60920"/>
     <w:rsid w:val="00E66E36"/>
     <w:rsid w:val="00E73B96"/>
     <w:rsid w:val="00E74013"/>
     <w:rsid w:val="00E75A68"/>
     <w:rsid w:val="00E80AF3"/>
     <w:rsid w:val="00E83F4F"/>
     <w:rsid w:val="00E87EC6"/>
     <w:rsid w:val="00E91A7B"/>
     <w:rsid w:val="00E93729"/>
     <w:rsid w:val="00E9587D"/>
     <w:rsid w:val="00EA03D1"/>
+    <w:rsid w:val="00EA066A"/>
     <w:rsid w:val="00EA312E"/>
     <w:rsid w:val="00EA3B87"/>
     <w:rsid w:val="00EA6706"/>
     <w:rsid w:val="00EA6AE3"/>
     <w:rsid w:val="00EB03C1"/>
     <w:rsid w:val="00EB24E7"/>
     <w:rsid w:val="00EB2503"/>
     <w:rsid w:val="00EB44CE"/>
     <w:rsid w:val="00EB62F5"/>
     <w:rsid w:val="00EB72FA"/>
     <w:rsid w:val="00EB7ADF"/>
     <w:rsid w:val="00EC0E34"/>
+    <w:rsid w:val="00EC5E6F"/>
+    <w:rsid w:val="00ED09B3"/>
     <w:rsid w:val="00ED187D"/>
     <w:rsid w:val="00ED2C90"/>
     <w:rsid w:val="00ED4806"/>
     <w:rsid w:val="00ED4930"/>
     <w:rsid w:val="00ED5D7F"/>
     <w:rsid w:val="00EE238F"/>
     <w:rsid w:val="00EE311A"/>
     <w:rsid w:val="00EE723B"/>
     <w:rsid w:val="00EF1B03"/>
     <w:rsid w:val="00EF2533"/>
     <w:rsid w:val="00EF5D8D"/>
     <w:rsid w:val="00EF7932"/>
+    <w:rsid w:val="00F02E1E"/>
     <w:rsid w:val="00F05AB1"/>
     <w:rsid w:val="00F0732F"/>
     <w:rsid w:val="00F141A8"/>
+    <w:rsid w:val="00F147EF"/>
+    <w:rsid w:val="00F17F5B"/>
     <w:rsid w:val="00F24D2F"/>
     <w:rsid w:val="00F27E8A"/>
     <w:rsid w:val="00F31B41"/>
+    <w:rsid w:val="00F31E95"/>
     <w:rsid w:val="00F349E1"/>
     <w:rsid w:val="00F36164"/>
     <w:rsid w:val="00F40718"/>
     <w:rsid w:val="00F40BA1"/>
     <w:rsid w:val="00F4294A"/>
     <w:rsid w:val="00F53E2B"/>
     <w:rsid w:val="00F57B6C"/>
     <w:rsid w:val="00F629FE"/>
     <w:rsid w:val="00F62D64"/>
     <w:rsid w:val="00F64D7B"/>
     <w:rsid w:val="00F673E8"/>
+    <w:rsid w:val="00F751A3"/>
     <w:rsid w:val="00F80E8A"/>
     <w:rsid w:val="00F81D03"/>
     <w:rsid w:val="00F82E6F"/>
     <w:rsid w:val="00F84DF9"/>
     <w:rsid w:val="00F859B8"/>
     <w:rsid w:val="00F8755D"/>
     <w:rsid w:val="00F877BA"/>
     <w:rsid w:val="00F90FC0"/>
     <w:rsid w:val="00F933B0"/>
     <w:rsid w:val="00F94DB3"/>
     <w:rsid w:val="00F95A10"/>
     <w:rsid w:val="00F95C84"/>
     <w:rsid w:val="00F95CD8"/>
     <w:rsid w:val="00F971E1"/>
     <w:rsid w:val="00FA0B07"/>
     <w:rsid w:val="00FA1BAF"/>
     <w:rsid w:val="00FA4870"/>
     <w:rsid w:val="00FB256A"/>
     <w:rsid w:val="00FB2A15"/>
     <w:rsid w:val="00FB3B5C"/>
     <w:rsid w:val="00FB6540"/>
     <w:rsid w:val="00FC1100"/>
     <w:rsid w:val="00FC5BC6"/>
     <w:rsid w:val="00FC68E5"/>
     <w:rsid w:val="00FD4333"/>
@@ -2277,51 +2637,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7BFAE3EC"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{545F9DAD-8B9C-42AB-8A94-1049FDC78D0E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2773,128 +3133,126 @@
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007218CA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarzeichen">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007218CA"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentartext">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Standard"/>
     <w:link w:val="KommentartextZchn"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007218CA"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentartextZchn">
     <w:name w:val="Kommentartext Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Kommentartext"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="007218CA"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarthema">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentartext"/>
     <w:next w:val="Kommentartext"/>
     <w:link w:val="KommentarthemaZchn"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007218CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
     <w:name w:val="Kommentarthema Zchn"/>
     <w:basedOn w:val="KommentartextZchn"/>
     <w:link w:val="Kommentarthema"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007218CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="89593724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3148,81 +3506,415 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="a80baaa8-cd9c-4d87-85ad-3f0786bbf93a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1dd50e16-c991-4f48-ad19-baf7c804d416">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100743237068C800D43833139CE49AE5BF3" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="9393f1b2c59263ef90623e14347f7019">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="1dd50e16-c991-4f48-ad19-baf7c804d416" xmlns:ns3="a80baaa8-cd9c-4d87-85ad-3f0786bbf93a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="73caf1923c05a5843b18a7ac8587ceec" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="1dd50e16-c991-4f48-ad19-baf7c804d416"/>
+    <xsd:import namespace="a80baaa8-cd9c-4d87-85ad-3f0786bbf93a"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="23" nillable="true" ma:displayName="Eigenschaften der einheitlichen Compliancerichtlinie" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="24" nillable="true" ma:displayName="UI-Aktion der einheitlichen Compliancerichtlinie" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1dd50e16-c991-4f48-ad19-baf7c804d416" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkierungen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="5398598b-1692-41ba-b181-08e92b7f9036" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="19" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="20" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a80baaa8-cd9c-4d87-85ad-3f0786bbf93a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Freigegeben für" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Freigegeben für - Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b4e4fc88-2273-43e2-8420-b107cdc509ec}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="a80baaa8-cd9c-4d87-85ad-3f0786bbf93a">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhaltstyp"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D938B6B-D6AE-4754-9735-397C2A6A0F6A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85898582-1EA2-41F0-A628-9C775FB5A669}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a80baaa8-cd9c-4d87-85ad-3f0786bbf93a"/>
+    <ds:schemaRef ds:uri="1dd50e16-c991-4f48-ad19-baf7c804d416"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73589EE4-336D-427E-AD49-A623F715E999}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="1dd50e16-c991-4f48-ad19-baf7c804d416"/>
+    <ds:schemaRef ds:uri="a80baaa8-cd9c-4d87-85ad-3f0786bbf93a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
-  <clbl:label id="{40f20d95-30f1-4757-92d7-5495691a0c29}" enabled="1" method="Privileged" siteId="{98616167-5668-4e66-acbf-925e81df8b00}" contentBits="0" removed="0"/>
+  <clbl:label id="{40f20d95-30f1-4757-92d7-5495691a0c29}" enabled="1" method="Privileged" siteId="{98616167-5668-4e66-acbf-925e81df8b00}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>546</Words>
-  <Characters>3441</Characters>
+  <Words>615</Words>
+  <Characters>3881</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3980</CharactersWithSpaces>
+  <CharactersWithSpaces>4488</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kunz Regina (RKU)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100743237068C800D43833139CE49AE5BF3</vt:lpwstr>
+  </property>
+</Properties>
+</file>