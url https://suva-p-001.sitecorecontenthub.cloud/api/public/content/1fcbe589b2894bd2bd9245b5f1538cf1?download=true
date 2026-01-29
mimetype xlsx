--- v0 (2025-12-02)
+++ v1 (2026-01-29)
@@ -1,106 +1,106 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style5.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors5.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style6.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors6.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style7.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors7.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style8.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors8.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style9.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors9.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28207"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://suvaprodcloud.sharepoint.com/teams/DPGP-PP-Praeventionskultur/Freigegebene Dokumente/Divers-Themen/ABM/03 Anderer Content/Checklisten - Factsheets - Booklets/Erfassung Auswertung Absenzen/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://suvaprodcloud-my.sharepoint.com/personal/irena_lovric_suva_ch/Documents/Dokumente/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="3" documentId="8_{F52373AF-D0F7-4447-93A0-D11BE4A014DB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1D594DA1-BE0D-402D-895D-B99FCA268676}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3A1E38A8-F52C-4AAC-BF5F-87554BD5C600}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="14400" yWindow="0" windowWidth="14400" windowHeight="15600" tabRatio="817" firstSheet="8" activeTab="8" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" tabRatio="817" activeTab="8" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Anleitung" sheetId="23" r:id="rId1"/>
     <sheet name="1. Datenerfassung " sheetId="4" r:id="rId2"/>
     <sheet name="2. Cockpit I" sheetId="1" r:id="rId3"/>
     <sheet name="3. Cockpit II" sheetId="6" r:id="rId4"/>
     <sheet name="4. Vergleich Schweiz" sheetId="21" r:id="rId5"/>
     <sheet name="5. Berufsunfall" sheetId="7" r:id="rId6"/>
     <sheet name="6. Nichtberufsunfall" sheetId="8" r:id="rId7"/>
     <sheet name="7. Krankheit" sheetId="9" r:id="rId8"/>
     <sheet name="8. Branchendaten " sheetId="22" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'1. Datenerfassung '!$A$1:$AB$34</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'2. Cockpit I'!$A$1:$E$31</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'3. Cockpit II'!$A$1:$E$63</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'4. Vergleich Schweiz'!$A$1:$G$37</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'5. Berufsunfall'!$A$1:$B$41</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'6. Nichtberufsunfall'!$A$1:$B$41</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="7">'7. Krankheit'!$A$1:$B$41</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'8. Branchendaten '!$A$1:$D$21</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Anleitung!$A$1:$A$15</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
@@ -702,105 +702,105 @@
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t>BU-Risiko  pro 
 1 000 VB</t>
   </si>
   <si>
     <t>NBU-Risiko pro 
 1 000 VB</t>
   </si>
   <si>
     <t xml:space="preserve">Ausfalltage pro Vollbeschäftigten </t>
   </si>
   <si>
-    <t>Durchschnitt Schweiz 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Baugewerbe / Bau</t>
   </si>
   <si>
     <t xml:space="preserve">Finanz- und Versicherungsdienstleistungen </t>
   </si>
   <si>
     <t xml:space="preserve">Freiberufliche, wissenschaftliche und technische Dienstleistungen </t>
   </si>
   <si>
     <t>Gastgewerbe / Beherbung und Gastronomie</t>
   </si>
   <si>
     <t>Gesundheits- und Sozialwesen</t>
   </si>
   <si>
     <t>Handel, Instandhaltung und Reparaturen von Fahrzeugen</t>
   </si>
   <si>
     <t>Immobilien, sonstige wirtschaftliche Dienstleistungen</t>
   </si>
   <si>
     <t xml:space="preserve">Information und Kommunikation </t>
   </si>
   <si>
     <t xml:space="preserve">Kunst, Unterhalt., private Haushalte, sonstige Dienstleistungen  </t>
   </si>
   <si>
     <t>Land- und Forstwirtschaft</t>
   </si>
   <si>
     <t>Öffentliche Verwaltung, Verteidigung, Sozialversicherung</t>
   </si>
   <si>
     <t>Verarbeitendes Gewerbe/Energieversorgung</t>
   </si>
   <si>
     <t xml:space="preserve">Verkehr und Lagerei </t>
   </si>
   <si>
-    <t>Werte aktualisiert am 10. Oktober 2024</t>
+    <t>Durchschnitt Schweiz 2024</t>
+  </si>
+  <si>
+    <t>Werte aktualisiert am 26.01.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="_ * #,##0.0_ ;_ * \-#,##0.0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Verdana"/>
@@ -4166,51 +4166,51 @@
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:f>'4. Vergleich Schweiz'!$A$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Fallrisiko 
 (Umrechung auf 1000 Vollbeschäftigte)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'4. Vergleich Schweiz'!$C$6</c:f>
               <c:numCache>
                 <c:formatCode>_ * #,##0.0_ ;_ * \-#,##0.0_ ;_ * "-"??_ ;_ @_ </c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>59.6</c:v>
+                  <c:v>58.2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-401E-4D11-9403-332DE6DBD75F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
         <c:axId val="426224376"/>
         <c:axId val="426225552"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="426224376"/>
@@ -4602,51 +4602,51 @@
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="35000"/>
                           <a:lumOff val="65000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:val>
             <c:numRef>
               <c:f>'4. Vergleich Schweiz'!$E$6</c:f>
               <c:numCache>
                 <c:formatCode>_ * #,##0.0_ ;_ * \-#,##0.0_ ;_ * "-"??_ ;_ @_ </c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>129.5</c:v>
+                  <c:v>131.6</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-C1C8-48CB-A983-90E540903A18}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
         <c:axId val="426224768"/>
         <c:axId val="426216928"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="426224768"/>
@@ -5048,51 +5048,51 @@
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="35000"/>
                           <a:lumOff val="65000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:val>
             <c:numRef>
               <c:f>'4. Vergleich Schweiz'!$G$6</c:f>
               <c:numCache>
                 <c:formatCode>0.0</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>7.4</c:v>
+                  <c:v>8.5</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-F177-4909-AF85-61DF0359481E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
         <c:axId val="426219280"/>
         <c:axId val="426220848"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="426219280"/>
@@ -12767,258 +12767,258 @@
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing9.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1"/>
   <dimension ref="A1:A15"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="14.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="164.140625" style="2" customWidth="1"/>
     <col min="2" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1">
+    <row r="1" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
     </row>
-    <row r="2" spans="1:1" ht="15">
+    <row r="2" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2" s="7" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:1">
+    <row r="3" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A3" s="34" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:1" ht="25.5">
+    <row r="4" spans="1:1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A4" s="34" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:1" s="5" customFormat="1" ht="15">
+    <row r="5" spans="1:1" s="5" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A5" s="4"/>
     </row>
-    <row r="6" spans="1:1" ht="15">
+    <row r="6" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A6" s="8" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:1" ht="191.25">
+    <row r="7" spans="1:1" ht="191.25" x14ac:dyDescent="0.2">
       <c r="A7" s="9" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="8" spans="1:1" ht="15">
+    <row r="8" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A8" s="4"/>
     </row>
-    <row r="9" spans="1:1" ht="15">
+    <row r="9" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A9" s="8" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="10" spans="1:1" ht="140.25">
+    <row r="10" spans="1:1" ht="140.25" x14ac:dyDescent="0.2">
       <c r="A10" s="9" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="11" spans="1:1" s="5" customFormat="1" ht="15">
+    <row r="11" spans="1:1" s="5" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A11" s="4"/>
     </row>
-    <row r="12" spans="1:1" ht="15">
+    <row r="12" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A12" s="6" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="13" spans="1:1" ht="25.5">
+    <row r="13" spans="1:1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A13" s="9" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="14" spans="1:1" s="5" customFormat="1" ht="15">
+    <row r="14" spans="1:1" s="5" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A14" s="4"/>
     </row>
-    <row r="15" spans="1:1" ht="25.5">
+    <row r="15" spans="1:1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A15" s="10" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;G</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Tabelle2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AC50"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" zoomScalePageLayoutView="70" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="4.7109375" defaultRowHeight="14.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="4.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="26" style="2" customWidth="1"/>
     <col min="2" max="2" width="5.7109375" style="2" customWidth="1"/>
     <col min="3" max="5" width="7.85546875" style="2" customWidth="1"/>
     <col min="6" max="6" width="5.7109375" style="2" customWidth="1"/>
     <col min="7" max="9" width="7.85546875" style="2" customWidth="1"/>
     <col min="10" max="10" width="5.7109375" style="2" customWidth="1"/>
     <col min="11" max="13" width="7.85546875" style="2" customWidth="1"/>
     <col min="14" max="14" width="11.7109375" style="2" customWidth="1"/>
     <col min="15" max="15" width="6.28515625" style="2" customWidth="1"/>
     <col min="16" max="16" width="5.7109375" style="2" customWidth="1"/>
     <col min="17" max="19" width="7.85546875" style="2" customWidth="1"/>
     <col min="20" max="20" width="5.7109375" style="2" customWidth="1"/>
     <col min="21" max="23" width="7.85546875" style="2" customWidth="1"/>
     <col min="24" max="24" width="5.7109375" style="2" customWidth="1"/>
     <col min="25" max="27" width="7.85546875" style="2" customWidth="1"/>
     <col min="28" max="28" width="13.7109375" style="2" customWidth="1"/>
     <col min="29" max="33" width="4.7109375" style="2"/>
     <col min="34" max="34" width="7.7109375" style="2" customWidth="1"/>
     <col min="35" max="16384" width="4.7109375" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29" s="3" customFormat="1" ht="18">
+    <row r="1" spans="1:29" s="3" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="7" t="s">
         <v>10</v>
       </c>
       <c r="N1" s="11"/>
       <c r="O1" s="12"/>
     </row>
-    <row r="2" spans="1:29" s="14" customFormat="1" ht="12.75">
+    <row r="2" spans="1:29" s="14" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A2" s="14" t="s">
         <v>11</v>
       </c>
       <c r="O2" s="15"/>
       <c r="P2" s="14" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="3" spans="1:29" s="14" customFormat="1" ht="12.75">
+    <row r="3" spans="1:29" s="14" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A3" s="14" t="s">
         <v>13</v>
       </c>
       <c r="O3" s="15"/>
       <c r="P3" s="14" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="4" spans="1:29">
+    <row r="4" spans="1:29" x14ac:dyDescent="0.2">
       <c r="O4" s="5"/>
     </row>
-    <row r="5" spans="1:29">
+    <row r="5" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A5" s="14"/>
       <c r="B5" s="14"/>
       <c r="C5" s="14"/>
       <c r="D5" s="14"/>
       <c r="E5" s="14"/>
       <c r="F5" s="14"/>
       <c r="G5" s="14"/>
       <c r="H5" s="14"/>
       <c r="I5" s="14"/>
       <c r="J5" s="14"/>
       <c r="K5" s="14"/>
       <c r="L5" s="14"/>
       <c r="M5" s="14"/>
       <c r="N5" s="14"/>
       <c r="O5" s="15"/>
       <c r="P5" s="14"/>
       <c r="Q5" s="14"/>
       <c r="R5" s="14"/>
       <c r="S5" s="14"/>
       <c r="T5" s="14"/>
       <c r="U5" s="14"/>
       <c r="V5" s="14"/>
       <c r="W5" s="14"/>
       <c r="X5" s="14"/>
       <c r="Y5" s="14"/>
       <c r="Z5" s="14"/>
       <c r="AA5" s="14"/>
       <c r="AB5" s="14"/>
       <c r="AC5" s="14"/>
     </row>
-    <row r="6" spans="1:29">
+    <row r="6" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A6" s="14"/>
       <c r="B6" s="38" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="38"/>
       <c r="D6" s="38"/>
       <c r="E6" s="38"/>
       <c r="F6" s="38"/>
       <c r="G6" s="38"/>
       <c r="H6" s="38"/>
       <c r="I6" s="38"/>
       <c r="J6" s="38"/>
       <c r="K6" s="38"/>
       <c r="L6" s="38"/>
       <c r="M6" s="38"/>
       <c r="N6" s="38"/>
       <c r="O6" s="16"/>
       <c r="P6" s="35" t="s">
         <v>16</v>
       </c>
       <c r="Q6" s="36"/>
       <c r="R6" s="36"/>
       <c r="S6" s="36"/>
       <c r="T6" s="35"/>
       <c r="U6" s="36"/>
       <c r="V6" s="36"/>
       <c r="W6" s="36"/>
       <c r="X6" s="35"/>
       <c r="Y6" s="36"/>
       <c r="Z6" s="36"/>
       <c r="AA6" s="36"/>
       <c r="AB6" s="37"/>
       <c r="AC6" s="14"/>
     </row>
-    <row r="7" spans="1:29">
+    <row r="7" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A7" s="14"/>
       <c r="B7" s="38"/>
       <c r="C7" s="38" t="s">
         <v>17</v>
       </c>
       <c r="D7" s="38" t="s">
         <v>18</v>
       </c>
       <c r="E7" s="38" t="s">
         <v>17</v>
       </c>
       <c r="F7" s="38"/>
       <c r="G7" s="38" t="s">
         <v>19</v>
       </c>
       <c r="H7" s="38" t="s">
         <v>19</v>
       </c>
       <c r="I7" s="38" t="s">
         <v>19</v>
       </c>
       <c r="J7" s="38"/>
       <c r="K7" s="38" t="s">
         <v>20</v>
       </c>
@@ -13041,51 +13041,51 @@
         <v>17</v>
       </c>
       <c r="T7" s="35"/>
       <c r="U7" s="36" t="s">
         <v>19</v>
       </c>
       <c r="V7" s="36" t="s">
         <v>19</v>
       </c>
       <c r="W7" s="36" t="s">
         <v>19</v>
       </c>
       <c r="X7" s="35"/>
       <c r="Y7" s="36" t="s">
         <v>20</v>
       </c>
       <c r="Z7" s="36" t="s">
         <v>20</v>
       </c>
       <c r="AA7" s="36" t="s">
         <v>20</v>
       </c>
       <c r="AB7" s="36"/>
       <c r="AC7" s="14"/>
     </row>
-    <row r="8" spans="1:29" s="13" customFormat="1" ht="38.25">
+    <row r="8" spans="1:29" s="13" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A8" s="73" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="74" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="75" t="s">
         <v>22</v>
       </c>
       <c r="D8" s="75" t="s">
         <v>23</v>
       </c>
       <c r="E8" s="75" t="s">
         <v>24</v>
       </c>
       <c r="F8" s="74" t="s">
         <v>25</v>
       </c>
       <c r="G8" s="75" t="s">
         <v>26</v>
       </c>
       <c r="H8" s="75" t="s">
         <v>23</v>
       </c>
       <c r="I8" s="75" t="s">
@@ -13126,51 +13126,51 @@
         <v>22</v>
       </c>
       <c r="V8" s="75" t="s">
         <v>23</v>
       </c>
       <c r="W8" s="75" t="s">
         <v>24</v>
       </c>
       <c r="X8" s="78" t="s">
         <v>20</v>
       </c>
       <c r="Y8" s="75" t="s">
         <v>22</v>
       </c>
       <c r="Z8" s="75" t="s">
         <v>23</v>
       </c>
       <c r="AA8" s="75" t="s">
         <v>24</v>
       </c>
       <c r="AB8" s="79" t="s">
         <v>29</v>
       </c>
       <c r="AC8" s="19"/>
     </row>
-    <row r="9" spans="1:29">
+    <row r="9" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A9" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B9" s="43">
         <f t="shared" ref="B9:B14" si="0">SUM(C9:E9)</f>
         <v>1</v>
       </c>
       <c r="C9" s="20">
         <v>1</v>
       </c>
       <c r="D9" s="20"/>
       <c r="E9" s="20"/>
       <c r="F9" s="43">
         <f t="shared" ref="F9:F25" si="1">SUM(G9:I9)</f>
         <v>0</v>
       </c>
       <c r="G9" s="20"/>
       <c r="H9" s="20"/>
       <c r="I9" s="20"/>
       <c r="J9" s="43">
         <f t="shared" ref="J9:J11" si="2">SUM(K9:M9)</f>
         <v>1</v>
       </c>
       <c r="K9" s="20"/>
       <c r="L9" s="20">
@@ -13191,51 +13191,51 @@
       </c>
       <c r="R9" s="20"/>
       <c r="S9" s="20"/>
       <c r="T9" s="40">
         <f>SUM(U9:W9)</f>
         <v>0</v>
       </c>
       <c r="U9" s="20"/>
       <c r="V9" s="20"/>
       <c r="W9" s="20"/>
       <c r="X9" s="40">
         <f>SUM(Y9:AA9)</f>
         <v>5</v>
       </c>
       <c r="Y9" s="20"/>
       <c r="Z9" s="20">
         <v>5</v>
       </c>
       <c r="AA9" s="20"/>
       <c r="AB9" s="40">
         <f>SUM(P9+T9+X9)</f>
         <v>8</v>
       </c>
       <c r="AC9" s="14"/>
     </row>
-    <row r="10" spans="1:29">
+    <row r="10" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A10" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="C10" s="20"/>
       <c r="D10" s="20"/>
       <c r="E10" s="20"/>
       <c r="F10" s="43">
         <f t="shared" si="1"/>
         <v>2</v>
       </c>
       <c r="G10" s="20">
         <v>1</v>
       </c>
       <c r="H10" s="20">
         <v>1</v>
       </c>
       <c r="I10" s="20"/>
       <c r="J10" s="43">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
@@ -13258,51 +13258,51 @@
         <f t="shared" ref="T10:T14" si="5">SUM(U10:W10)</f>
         <v>7</v>
       </c>
       <c r="U10" s="20">
         <v>1</v>
       </c>
       <c r="V10" s="20">
         <v>6</v>
       </c>
       <c r="W10" s="20"/>
       <c r="X10" s="40">
         <f t="shared" ref="X10:X26" si="6">SUM(Y10:AA10)</f>
         <v>2</v>
       </c>
       <c r="Y10" s="20">
         <v>2</v>
       </c>
       <c r="Z10" s="20"/>
       <c r="AA10" s="20"/>
       <c r="AB10" s="40">
         <f t="shared" ref="AB10:AB25" si="7">SUM(P10+T10+X10)</f>
         <v>9</v>
       </c>
       <c r="AC10" s="14"/>
     </row>
-    <row r="11" spans="1:29">
+    <row r="11" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A11" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B11" s="43">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="C11" s="20"/>
       <c r="D11" s="20"/>
       <c r="E11" s="20">
         <v>1</v>
       </c>
       <c r="F11" s="43">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G11" s="20"/>
       <c r="H11" s="20"/>
       <c r="I11" s="20"/>
       <c r="J11" s="43">
         <f t="shared" si="2"/>
         <v>2</v>
       </c>
       <c r="K11" s="20">
         <v>1</v>
@@ -13323,51 +13323,51 @@
       <c r="Q11" s="20"/>
       <c r="R11" s="20"/>
       <c r="S11" s="20"/>
       <c r="T11" s="40">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="U11" s="20"/>
       <c r="V11" s="20"/>
       <c r="W11" s="20"/>
       <c r="X11" s="40">
         <f t="shared" si="6"/>
         <v>15</v>
       </c>
       <c r="Y11" s="20"/>
       <c r="Z11" s="20"/>
       <c r="AA11" s="20">
         <v>15</v>
       </c>
       <c r="AB11" s="40">
         <f t="shared" si="7"/>
         <v>15</v>
       </c>
       <c r="AC11" s="14"/>
     </row>
-    <row r="12" spans="1:29">
+    <row r="12" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A12" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B12" s="43">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="C12" s="20"/>
       <c r="D12" s="20">
         <v>1</v>
       </c>
       <c r="E12" s="20"/>
       <c r="F12" s="43">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="G12" s="20"/>
       <c r="H12" s="20"/>
       <c r="I12" s="20">
         <v>1</v>
       </c>
       <c r="J12" s="43">
         <f>SUM(K12:M12)</f>
         <v>1</v>
       </c>
@@ -13394,51 +13394,51 @@
       </c>
       <c r="T12" s="40">
         <f t="shared" si="5"/>
         <v>12</v>
       </c>
       <c r="U12" s="20"/>
       <c r="V12" s="20"/>
       <c r="W12" s="20">
         <v>12</v>
       </c>
       <c r="X12" s="40">
         <f t="shared" si="6"/>
         <v>4</v>
       </c>
       <c r="Y12" s="20"/>
       <c r="Z12" s="20">
         <v>4</v>
       </c>
       <c r="AA12" s="20"/>
       <c r="AB12" s="40">
         <f t="shared" si="7"/>
         <v>36</v>
       </c>
       <c r="AC12" s="14"/>
     </row>
-    <row r="13" spans="1:29">
+    <row r="13" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A13" s="16"/>
       <c r="B13" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="C13" s="20"/>
       <c r="D13" s="20"/>
       <c r="E13" s="20"/>
       <c r="F13" s="43">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G13" s="20"/>
       <c r="H13" s="20"/>
       <c r="I13" s="20"/>
       <c r="J13" s="43">
         <f t="shared" ref="J13:J25" si="8">SUM(K13:M13)</f>
         <v>0</v>
       </c>
       <c r="K13" s="20"/>
       <c r="L13" s="20"/>
       <c r="M13" s="20"/>
       <c r="N13" s="43">
         <f t="shared" si="3"/>
         <v>0</v>
@@ -13449,51 +13449,51 @@
         <v>0</v>
       </c>
       <c r="Q13" s="20"/>
       <c r="R13" s="20"/>
       <c r="S13" s="20"/>
       <c r="T13" s="40">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="U13" s="20"/>
       <c r="V13" s="20"/>
       <c r="W13" s="20"/>
       <c r="X13" s="40">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y13" s="20"/>
       <c r="Z13" s="20"/>
       <c r="AA13" s="20"/>
       <c r="AB13" s="40">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AC13" s="14"/>
     </row>
-    <row r="14" spans="1:29">
+    <row r="14" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A14" s="16"/>
       <c r="B14" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="C14" s="20"/>
       <c r="D14" s="20"/>
       <c r="E14" s="20"/>
       <c r="F14" s="43">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G14" s="20"/>
       <c r="H14" s="20"/>
       <c r="I14" s="20"/>
       <c r="J14" s="43">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K14" s="20"/>
       <c r="L14" s="20"/>
       <c r="M14" s="20"/>
       <c r="N14" s="43">
         <f t="shared" si="3"/>
         <v>0</v>
@@ -13504,51 +13504,51 @@
         <v>0</v>
       </c>
       <c r="Q14" s="20"/>
       <c r="R14" s="20"/>
       <c r="S14" s="20"/>
       <c r="T14" s="40">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="U14" s="20"/>
       <c r="V14" s="20"/>
       <c r="W14" s="20"/>
       <c r="X14" s="40">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y14" s="20"/>
       <c r="Z14" s="20"/>
       <c r="AA14" s="20"/>
       <c r="AB14" s="40">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AC14" s="14"/>
     </row>
-    <row r="15" spans="1:29">
+    <row r="15" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A15" s="16"/>
       <c r="B15" s="43">
         <f t="shared" ref="B15:B25" si="10">SUM(C15:E15)</f>
         <v>0</v>
       </c>
       <c r="C15" s="20"/>
       <c r="D15" s="20"/>
       <c r="E15" s="20"/>
       <c r="F15" s="43">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G15" s="20"/>
       <c r="H15" s="20"/>
       <c r="I15" s="20"/>
       <c r="J15" s="43">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K15" s="20"/>
       <c r="L15" s="20"/>
       <c r="M15" s="20"/>
       <c r="N15" s="43">
         <f t="shared" si="3"/>
         <v>0</v>
@@ -13559,51 +13559,51 @@
         <v>0</v>
       </c>
       <c r="Q15" s="20"/>
       <c r="R15" s="20"/>
       <c r="S15" s="20"/>
       <c r="T15" s="40">
         <f t="shared" ref="T15:T25" si="11">SUM(U15:W15)</f>
         <v>0</v>
       </c>
       <c r="U15" s="20"/>
       <c r="V15" s="20"/>
       <c r="W15" s="20"/>
       <c r="X15" s="40">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y15" s="20"/>
       <c r="Z15" s="20"/>
       <c r="AA15" s="20"/>
       <c r="AB15" s="40">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AC15" s="14"/>
     </row>
-    <row r="16" spans="1:29">
+    <row r="16" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A16" s="16"/>
       <c r="B16" s="43">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="C16" s="20"/>
       <c r="D16" s="20"/>
       <c r="E16" s="20"/>
       <c r="F16" s="43">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G16" s="20"/>
       <c r="H16" s="20"/>
       <c r="I16" s="20"/>
       <c r="J16" s="43">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K16" s="20"/>
       <c r="L16" s="20"/>
       <c r="M16" s="20"/>
       <c r="N16" s="43">
         <f t="shared" si="3"/>
         <v>0</v>
@@ -13614,51 +13614,51 @@
         <v>0</v>
       </c>
       <c r="Q16" s="20"/>
       <c r="R16" s="20"/>
       <c r="S16" s="20"/>
       <c r="T16" s="40">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="U16" s="20"/>
       <c r="V16" s="20"/>
       <c r="W16" s="20"/>
       <c r="X16" s="40">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y16" s="20"/>
       <c r="Z16" s="20"/>
       <c r="AA16" s="20"/>
       <c r="AB16" s="40">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AC16" s="14"/>
     </row>
-    <row r="17" spans="1:29">
+    <row r="17" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A17" s="16"/>
       <c r="B17" s="43">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="C17" s="20"/>
       <c r="D17" s="20"/>
       <c r="E17" s="20"/>
       <c r="F17" s="43">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G17" s="20"/>
       <c r="H17" s="20"/>
       <c r="I17" s="20"/>
       <c r="J17" s="43">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K17" s="20"/>
       <c r="L17" s="20"/>
       <c r="M17" s="20"/>
       <c r="N17" s="43">
         <f t="shared" si="3"/>
         <v>0</v>
@@ -13669,51 +13669,51 @@
         <v>0</v>
       </c>
       <c r="Q17" s="20"/>
       <c r="R17" s="20"/>
       <c r="S17" s="20"/>
       <c r="T17" s="40">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="U17" s="20"/>
       <c r="V17" s="20"/>
       <c r="W17" s="20"/>
       <c r="X17" s="40">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y17" s="20"/>
       <c r="Z17" s="20"/>
       <c r="AA17" s="20"/>
       <c r="AB17" s="40">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AC17" s="14"/>
     </row>
-    <row r="18" spans="1:29">
+    <row r="18" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A18" s="16"/>
       <c r="B18" s="43">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="C18" s="20"/>
       <c r="D18" s="20"/>
       <c r="E18" s="20"/>
       <c r="F18" s="43">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G18" s="20"/>
       <c r="H18" s="20"/>
       <c r="I18" s="20"/>
       <c r="J18" s="43">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K18" s="20"/>
       <c r="L18" s="20"/>
       <c r="M18" s="20"/>
       <c r="N18" s="43">
         <f t="shared" si="3"/>
         <v>0</v>
@@ -13724,51 +13724,51 @@
         <v>0</v>
       </c>
       <c r="Q18" s="20"/>
       <c r="R18" s="20"/>
       <c r="S18" s="20"/>
       <c r="T18" s="40">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="U18" s="20"/>
       <c r="V18" s="20"/>
       <c r="W18" s="20"/>
       <c r="X18" s="40">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y18" s="20"/>
       <c r="Z18" s="20"/>
       <c r="AA18" s="20"/>
       <c r="AB18" s="40">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AC18" s="14"/>
     </row>
-    <row r="19" spans="1:29">
+    <row r="19" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A19" s="16"/>
       <c r="B19" s="43">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="C19" s="20"/>
       <c r="D19" s="20"/>
       <c r="E19" s="20"/>
       <c r="F19" s="43">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G19" s="20"/>
       <c r="H19" s="20"/>
       <c r="I19" s="20"/>
       <c r="J19" s="43">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K19" s="20"/>
       <c r="L19" s="20"/>
       <c r="M19" s="20"/>
       <c r="N19" s="43">
         <f t="shared" si="3"/>
         <v>0</v>
@@ -13779,51 +13779,51 @@
         <v>0</v>
       </c>
       <c r="Q19" s="20"/>
       <c r="R19" s="20"/>
       <c r="S19" s="20"/>
       <c r="T19" s="40">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="U19" s="20"/>
       <c r="V19" s="20"/>
       <c r="W19" s="20"/>
       <c r="X19" s="40">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y19" s="20"/>
       <c r="Z19" s="20"/>
       <c r="AA19" s="20"/>
       <c r="AB19" s="40">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AC19" s="14"/>
     </row>
-    <row r="20" spans="1:29">
+    <row r="20" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A20" s="16"/>
       <c r="B20" s="43">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="C20" s="20"/>
       <c r="D20" s="20"/>
       <c r="E20" s="20"/>
       <c r="F20" s="43">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G20" s="20"/>
       <c r="H20" s="20"/>
       <c r="I20" s="20"/>
       <c r="J20" s="43">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K20" s="20"/>
       <c r="L20" s="20"/>
       <c r="M20" s="20"/>
       <c r="N20" s="43">
         <f t="shared" si="3"/>
         <v>0</v>
@@ -13834,51 +13834,51 @@
         <v>0</v>
       </c>
       <c r="Q20" s="20"/>
       <c r="R20" s="20"/>
       <c r="S20" s="20"/>
       <c r="T20" s="40">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="U20" s="20"/>
       <c r="V20" s="20"/>
       <c r="W20" s="20"/>
       <c r="X20" s="40">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y20" s="20"/>
       <c r="Z20" s="20"/>
       <c r="AA20" s="20"/>
       <c r="AB20" s="40">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AC20" s="14"/>
     </row>
-    <row r="21" spans="1:29">
+    <row r="21" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A21" s="16"/>
       <c r="B21" s="43">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="C21" s="20"/>
       <c r="D21" s="20"/>
       <c r="E21" s="20"/>
       <c r="F21" s="43">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G21" s="20"/>
       <c r="H21" s="20"/>
       <c r="I21" s="20"/>
       <c r="J21" s="43">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K21" s="20"/>
       <c r="L21" s="20"/>
       <c r="M21" s="20"/>
       <c r="N21" s="43">
         <f t="shared" si="3"/>
         <v>0</v>
@@ -13889,51 +13889,51 @@
         <v>0</v>
       </c>
       <c r="Q21" s="20"/>
       <c r="R21" s="20"/>
       <c r="S21" s="20"/>
       <c r="T21" s="40">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="U21" s="20"/>
       <c r="V21" s="20"/>
       <c r="W21" s="20"/>
       <c r="X21" s="40">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y21" s="20"/>
       <c r="Z21" s="20"/>
       <c r="AA21" s="20"/>
       <c r="AB21" s="40">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AC21" s="14"/>
     </row>
-    <row r="22" spans="1:29">
+    <row r="22" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A22" s="16"/>
       <c r="B22" s="43">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="C22" s="20"/>
       <c r="D22" s="20"/>
       <c r="E22" s="20"/>
       <c r="F22" s="43">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G22" s="20"/>
       <c r="H22" s="20"/>
       <c r="I22" s="20"/>
       <c r="J22" s="43">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K22" s="20"/>
       <c r="L22" s="20"/>
       <c r="M22" s="20"/>
       <c r="N22" s="43">
         <f t="shared" si="3"/>
         <v>0</v>
@@ -13944,51 +13944,51 @@
         <v>0</v>
       </c>
       <c r="Q22" s="20"/>
       <c r="R22" s="20"/>
       <c r="S22" s="20"/>
       <c r="T22" s="40">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="U22" s="20"/>
       <c r="V22" s="20"/>
       <c r="W22" s="20"/>
       <c r="X22" s="40">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y22" s="20"/>
       <c r="Z22" s="20"/>
       <c r="AA22" s="20"/>
       <c r="AB22" s="40">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AC22" s="14"/>
     </row>
-    <row r="23" spans="1:29">
+    <row r="23" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A23" s="16"/>
       <c r="B23" s="43">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="C23" s="20"/>
       <c r="D23" s="20"/>
       <c r="E23" s="20"/>
       <c r="F23" s="43">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G23" s="20"/>
       <c r="H23" s="20"/>
       <c r="I23" s="20"/>
       <c r="J23" s="43">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K23" s="20"/>
       <c r="L23" s="20"/>
       <c r="M23" s="20"/>
       <c r="N23" s="43">
         <f t="shared" si="3"/>
         <v>0</v>
@@ -13999,51 +13999,51 @@
         <v>0</v>
       </c>
       <c r="Q23" s="20"/>
       <c r="R23" s="20"/>
       <c r="S23" s="20"/>
       <c r="T23" s="40">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="U23" s="20"/>
       <c r="V23" s="20"/>
       <c r="W23" s="20"/>
       <c r="X23" s="40">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y23" s="20"/>
       <c r="Z23" s="20"/>
       <c r="AA23" s="20"/>
       <c r="AB23" s="40">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AC23" s="14"/>
     </row>
-    <row r="24" spans="1:29">
+    <row r="24" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A24" s="16"/>
       <c r="B24" s="43">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="C24" s="20"/>
       <c r="D24" s="20"/>
       <c r="E24" s="20"/>
       <c r="F24" s="43">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G24" s="20"/>
       <c r="H24" s="20"/>
       <c r="I24" s="20"/>
       <c r="J24" s="43">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K24" s="20"/>
       <c r="L24" s="20"/>
       <c r="M24" s="20"/>
       <c r="N24" s="43">
         <f t="shared" si="3"/>
         <v>0</v>
@@ -14054,51 +14054,51 @@
         <v>0</v>
       </c>
       <c r="Q24" s="20"/>
       <c r="R24" s="20"/>
       <c r="S24" s="20"/>
       <c r="T24" s="40">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="U24" s="20"/>
       <c r="V24" s="20"/>
       <c r="W24" s="20"/>
       <c r="X24" s="40">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y24" s="20"/>
       <c r="Z24" s="20"/>
       <c r="AA24" s="20"/>
       <c r="AB24" s="40">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AC24" s="14"/>
     </row>
-    <row r="25" spans="1:29">
+    <row r="25" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A25" s="45"/>
       <c r="B25" s="44">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="C25" s="21"/>
       <c r="D25" s="21"/>
       <c r="E25" s="21"/>
       <c r="F25" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G25" s="21"/>
       <c r="H25" s="21"/>
       <c r="I25" s="21"/>
       <c r="J25" s="44">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K25" s="21"/>
       <c r="L25" s="21"/>
       <c r="M25" s="21"/>
       <c r="N25" s="44">
         <f t="shared" si="3"/>
         <v>0</v>
@@ -14109,51 +14109,51 @@
         <v>0</v>
       </c>
       <c r="Q25" s="21"/>
       <c r="R25" s="21"/>
       <c r="S25" s="21"/>
       <c r="T25" s="41">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="U25" s="21"/>
       <c r="V25" s="21"/>
       <c r="W25" s="21"/>
       <c r="X25" s="41">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y25" s="21"/>
       <c r="Z25" s="21"/>
       <c r="AA25" s="21"/>
       <c r="AB25" s="41">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AC25" s="14"/>
     </row>
-    <row r="26" spans="1:29">
+    <row r="26" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A26" s="55" t="s">
         <v>34</v>
       </c>
       <c r="B26" s="39">
         <f t="shared" ref="B26:N26" si="12">SUM(B9:B25)</f>
         <v>3</v>
       </c>
       <c r="C26" s="17">
         <f t="shared" si="12"/>
         <v>1</v>
       </c>
       <c r="D26" s="17">
         <f t="shared" si="12"/>
         <v>1</v>
       </c>
       <c r="E26" s="17">
         <f t="shared" si="12"/>
         <v>1</v>
       </c>
       <c r="F26" s="39">
         <f t="shared" si="12"/>
         <v>3</v>
       </c>
       <c r="G26" s="17">
         <f t="shared" si="12"/>
@@ -14220,1514 +14220,1523 @@
         <f t="shared" si="13"/>
         <v>12</v>
       </c>
       <c r="X26" s="42">
         <f t="shared" si="6"/>
         <v>26</v>
       </c>
       <c r="Y26" s="17">
         <f t="shared" si="13"/>
         <v>2</v>
       </c>
       <c r="Z26" s="17">
         <f t="shared" ref="Z26" si="16">SUM(Z9:Z25)</f>
         <v>9</v>
       </c>
       <c r="AA26" s="17">
         <f t="shared" si="13"/>
         <v>15</v>
       </c>
       <c r="AB26" s="42">
         <f t="shared" si="13"/>
         <v>68</v>
       </c>
       <c r="AC26" s="14"/>
     </row>
-    <row r="27" spans="1:29" s="5" customFormat="1">
+    <row r="27" spans="1:29" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A27" s="15"/>
       <c r="B27" s="15"/>
       <c r="C27" s="15"/>
       <c r="D27" s="15"/>
       <c r="E27" s="15"/>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>
       <c r="I27" s="15"/>
       <c r="J27" s="15"/>
       <c r="K27" s="15"/>
       <c r="L27" s="15"/>
       <c r="M27" s="15"/>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27" s="15"/>
       <c r="S27" s="15"/>
       <c r="T27" s="15"/>
       <c r="U27" s="15"/>
       <c r="V27" s="15"/>
       <c r="W27" s="15"/>
       <c r="X27" s="15"/>
       <c r="Y27" s="15"/>
       <c r="Z27" s="15"/>
       <c r="AA27" s="15"/>
       <c r="AB27" s="15"/>
       <c r="AC27" s="15"/>
     </row>
-    <row r="28" spans="1:29" s="5" customFormat="1">
+    <row r="28" spans="1:29" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A28" s="15"/>
       <c r="B28" s="15"/>
       <c r="C28" s="15"/>
       <c r="D28" s="15"/>
       <c r="E28" s="15"/>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15"/>
       <c r="I28" s="15"/>
       <c r="J28" s="15"/>
       <c r="K28" s="15"/>
       <c r="L28" s="15"/>
       <c r="M28" s="15"/>
       <c r="N28" s="15"/>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28" s="15"/>
       <c r="S28" s="15"/>
       <c r="T28" s="15"/>
       <c r="U28" s="15"/>
       <c r="V28" s="15"/>
       <c r="W28" s="15"/>
       <c r="X28" s="15"/>
       <c r="Y28" s="15"/>
       <c r="Z28" s="15"/>
       <c r="AA28" s="15"/>
       <c r="AB28" s="15"/>
       <c r="AC28" s="15"/>
     </row>
-    <row r="29" spans="1:29" s="5" customFormat="1">
+    <row r="29" spans="1:29" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A29" s="23" t="s">
         <v>35</v>
       </c>
       <c r="B29" s="23"/>
       <c r="C29" s="23"/>
       <c r="D29" s="23"/>
       <c r="E29" s="23"/>
       <c r="F29" s="23"/>
       <c r="G29" s="23"/>
       <c r="H29" s="23"/>
       <c r="I29" s="23"/>
       <c r="J29" s="23"/>
       <c r="K29" s="23"/>
       <c r="L29" s="23"/>
       <c r="M29" s="23"/>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29" s="15"/>
       <c r="S29" s="15"/>
       <c r="T29" s="15"/>
       <c r="U29" s="15"/>
       <c r="V29" s="15"/>
       <c r="W29" s="15"/>
       <c r="X29" s="15"/>
       <c r="Y29" s="15"/>
       <c r="Z29" s="15"/>
       <c r="AA29" s="15"/>
       <c r="AB29" s="15"/>
       <c r="AC29" s="15"/>
     </row>
-    <row r="30" spans="1:29" s="5" customFormat="1">
+    <row r="30" spans="1:29" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A30" s="23"/>
       <c r="B30" s="23"/>
       <c r="C30" s="23"/>
       <c r="D30" s="23"/>
       <c r="E30" s="23"/>
       <c r="F30" s="23"/>
       <c r="G30" s="23"/>
       <c r="H30" s="23"/>
       <c r="I30" s="23"/>
       <c r="J30" s="23"/>
       <c r="K30" s="23"/>
       <c r="L30" s="23"/>
       <c r="M30" s="23"/>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30" s="15"/>
       <c r="S30" s="15"/>
       <c r="T30" s="15"/>
       <c r="U30" s="15"/>
       <c r="V30" s="15"/>
       <c r="W30" s="15"/>
       <c r="X30" s="15"/>
       <c r="Y30" s="15"/>
       <c r="Z30" s="15"/>
       <c r="AA30" s="15"/>
       <c r="AB30" s="15"/>
       <c r="AC30" s="15"/>
     </row>
-    <row r="31" spans="1:29" s="5" customFormat="1">
+    <row r="31" spans="1:29" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A31" s="46" t="s">
         <v>36</v>
       </c>
       <c r="B31" s="47">
         <v>4</v>
       </c>
       <c r="C31" s="15"/>
       <c r="D31" s="15"/>
       <c r="E31" s="14"/>
       <c r="F31" s="14"/>
       <c r="G31" s="14"/>
       <c r="H31" s="14"/>
       <c r="I31" s="14"/>
       <c r="J31" s="14"/>
       <c r="K31" s="14"/>
       <c r="L31" s="14"/>
       <c r="M31" s="15"/>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31" s="15"/>
       <c r="S31" s="15"/>
       <c r="T31" s="15"/>
       <c r="U31" s="15"/>
       <c r="V31" s="15"/>
       <c r="W31" s="15"/>
       <c r="X31" s="15"/>
       <c r="Y31" s="15"/>
       <c r="Z31" s="15"/>
       <c r="AA31" s="15"/>
       <c r="AB31" s="15"/>
       <c r="AC31" s="15"/>
     </row>
-    <row r="32" spans="1:29" s="5" customFormat="1">
+    <row r="32" spans="1:29" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A32" s="15"/>
       <c r="B32" s="15"/>
       <c r="C32" s="15"/>
       <c r="D32" s="15"/>
       <c r="E32" s="14"/>
       <c r="F32" s="14"/>
       <c r="G32" s="14"/>
       <c r="H32" s="14"/>
       <c r="I32" s="14"/>
       <c r="J32" s="14"/>
       <c r="K32" s="14"/>
       <c r="L32" s="14"/>
       <c r="M32" s="15"/>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32" s="15"/>
       <c r="S32" s="15"/>
       <c r="T32" s="15"/>
       <c r="U32" s="15"/>
       <c r="V32" s="15"/>
       <c r="W32" s="15"/>
       <c r="X32" s="15"/>
       <c r="Y32" s="15"/>
       <c r="Z32" s="15"/>
       <c r="AA32" s="15"/>
       <c r="AB32" s="15"/>
       <c r="AC32" s="15"/>
     </row>
-    <row r="33" spans="1:29" s="5" customFormat="1">
+    <row r="33" spans="1:29" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A33" s="47" t="s">
         <v>37</v>
       </c>
       <c r="B33" s="47">
         <v>226</v>
       </c>
       <c r="C33" s="15"/>
       <c r="D33" s="15"/>
       <c r="E33" s="14"/>
       <c r="F33" s="14"/>
       <c r="G33" s="14"/>
       <c r="H33" s="14"/>
       <c r="I33" s="14"/>
       <c r="J33" s="14"/>
       <c r="K33" s="14"/>
       <c r="L33" s="14"/>
       <c r="M33" s="15"/>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33" s="15"/>
       <c r="S33" s="15"/>
       <c r="T33" s="15"/>
       <c r="U33" s="15"/>
       <c r="V33" s="15"/>
       <c r="W33" s="15"/>
       <c r="X33" s="15"/>
       <c r="Y33" s="15"/>
       <c r="Z33" s="15"/>
       <c r="AA33" s="15"/>
       <c r="AB33" s="15"/>
       <c r="AC33" s="15"/>
     </row>
-    <row r="34" spans="1:29" s="5" customFormat="1">
+    <row r="34" spans="1:29" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A34" s="15"/>
       <c r="B34" s="15"/>
       <c r="C34" s="15"/>
       <c r="D34" s="15"/>
       <c r="E34" s="14"/>
       <c r="F34" s="14"/>
       <c r="G34" s="14"/>
       <c r="H34" s="14"/>
       <c r="I34" s="14"/>
       <c r="J34" s="14"/>
       <c r="K34" s="14"/>
       <c r="L34" s="14"/>
       <c r="M34" s="15"/>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34" s="15"/>
       <c r="S34" s="15"/>
       <c r="T34" s="15"/>
       <c r="U34" s="15"/>
       <c r="V34" s="15"/>
       <c r="W34" s="15"/>
       <c r="X34" s="15"/>
       <c r="Y34" s="15"/>
       <c r="Z34" s="15"/>
       <c r="AA34" s="15"/>
       <c r="AB34" s="15"/>
       <c r="AC34" s="15"/>
     </row>
-    <row r="35" spans="1:29" s="5" customFormat="1">
+    <row r="35" spans="1:29" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
       <c r="J35" s="2"/>
       <c r="K35" s="2"/>
       <c r="L35" s="2"/>
     </row>
-    <row r="36" spans="1:29" s="5" customFormat="1">
+    <row r="36" spans="1:29" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
       <c r="J36" s="2"/>
       <c r="K36" s="2"/>
       <c r="L36" s="2"/>
     </row>
-    <row r="37" spans="1:29" s="5" customFormat="1"/>
-[...1 lines deleted...]
-    <row r="39" spans="1:29" s="5" customFormat="1">
+    <row r="37" spans="1:29" s="5" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="38" spans="1:29" s="5" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="39" spans="1:29" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="O39" s="2"/>
     </row>
-    <row r="40" spans="1:29" s="5" customFormat="1">
+    <row r="40" spans="1:29" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="O40" s="2"/>
     </row>
-    <row r="41" spans="1:29" s="5" customFormat="1">
+    <row r="41" spans="1:29" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="O41" s="2"/>
     </row>
-    <row r="42" spans="1:29" s="5" customFormat="1">
+    <row r="42" spans="1:29" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="O42" s="2"/>
     </row>
-    <row r="43" spans="1:29" s="5" customFormat="1">
+    <row r="43" spans="1:29" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="O43" s="2"/>
     </row>
-    <row r="44" spans="1:29" s="5" customFormat="1">
+    <row r="44" spans="1:29" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="O44" s="2"/>
       <c r="P44" s="2"/>
       <c r="T44" s="2"/>
       <c r="X44" s="2"/>
     </row>
-    <row r="50" spans="25:25">
+    <row r="50" spans="25:25" x14ac:dyDescent="0.2">
       <c r="Y50" s="2" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="56" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;G</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Tabelle3"/>
   <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="25.28515625" defaultRowHeight="14.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="25.28515625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="49" style="2" customWidth="1"/>
     <col min="2" max="5" width="32.7109375" style="2" customWidth="1"/>
     <col min="6" max="16384" width="25.28515625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="3" customFormat="1" ht="18">
+    <row r="1" spans="1:7" s="3" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="7" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="2" spans="1:7">
+    <row r="2" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A2" s="14" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="4" spans="1:7" s="24" customFormat="1" ht="21" customHeight="1">
+    <row r="4" spans="1:7" s="24" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="16"/>
       <c r="B4" s="68" t="s">
         <v>41</v>
       </c>
       <c r="C4" s="68" t="s">
         <v>42</v>
       </c>
       <c r="D4" s="68" t="s">
         <v>43</v>
       </c>
       <c r="E4" s="67" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="5" spans="1:7" s="82" customFormat="1" ht="18" customHeight="1">
+    <row r="5" spans="1:7" s="82" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="62" t="s">
         <v>45</v>
       </c>
       <c r="B5" s="80">
         <f>'1. Datenerfassung '!$B$26</f>
         <v>3</v>
       </c>
       <c r="C5" s="81">
         <f>'1. Datenerfassung '!$F$26</f>
         <v>3</v>
       </c>
       <c r="D5" s="80">
         <f>'1. Datenerfassung '!$J$26</f>
         <v>4</v>
       </c>
       <c r="E5" s="80">
         <f>SUM(B5:D5)</f>
         <v>10</v>
       </c>
     </row>
-    <row r="6" spans="1:7" s="83" customFormat="1" ht="18" customHeight="1">
+    <row r="6" spans="1:7" s="83" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="63" t="s">
         <v>46</v>
       </c>
       <c r="B6" s="64">
         <f>'1. Datenerfassung '!$P$26</f>
         <v>23</v>
       </c>
       <c r="C6" s="64">
         <f>'1. Datenerfassung '!$T$26</f>
         <v>19</v>
       </c>
       <c r="D6" s="64">
         <f>'1. Datenerfassung '!$X$26</f>
         <v>26</v>
       </c>
       <c r="E6" s="64">
         <f>SUM(B6:D6)</f>
         <v>68</v>
       </c>
     </row>
-    <row r="16" spans="1:7">
+    <row r="16" spans="1:7" x14ac:dyDescent="0.2">
       <c r="F16" s="25"/>
       <c r="G16" s="25"/>
     </row>
-    <row r="17" spans="6:7">
+    <row r="17" spans="6:7" x14ac:dyDescent="0.2">
       <c r="F17" s="25"/>
       <c r="G17" s="25"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="72" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;G</oddHeader>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Tabelle4"/>
   <dimension ref="A1:J25"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="25.28515625" defaultRowHeight="14.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="25.28515625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="49" style="2" customWidth="1"/>
     <col min="2" max="5" width="30.42578125" style="2" customWidth="1"/>
     <col min="6" max="16384" width="25.28515625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="3" customFormat="1" ht="18">
+    <row r="1" spans="1:5" s="3" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="7" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="2" spans="1:5">
+    <row r="2" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A2" s="14" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="4" spans="1:5" s="24" customFormat="1" ht="21" customHeight="1">
+    <row r="4" spans="1:5" s="24" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="16"/>
       <c r="B4" s="68" t="s">
         <v>41</v>
       </c>
       <c r="C4" s="68" t="s">
         <v>42</v>
       </c>
       <c r="D4" s="68" t="s">
         <v>43</v>
       </c>
       <c r="E4" s="68" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="5" spans="1:5" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="5" spans="1:5" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="50" t="s">
         <v>49</v>
       </c>
       <c r="B5" s="51">
         <f>'1. Datenerfassung '!$B$26</f>
         <v>3</v>
       </c>
       <c r="C5" s="51">
         <f>'1. Datenerfassung '!$F$26</f>
         <v>3</v>
       </c>
       <c r="D5" s="51">
         <f>'1. Datenerfassung '!$J$26</f>
         <v>4</v>
       </c>
       <c r="E5" s="51">
         <f t="shared" ref="E5:E12" si="0">SUM(B5:D5)</f>
         <v>10</v>
       </c>
     </row>
-    <row r="6" spans="1:5" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="6" spans="1:5" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="50" t="s">
         <v>50</v>
       </c>
       <c r="B6" s="51">
         <f>'1. Datenerfassung '!$C$26</f>
         <v>1</v>
       </c>
       <c r="C6" s="51">
         <f>'1. Datenerfassung '!$G$26</f>
         <v>1</v>
       </c>
       <c r="D6" s="51">
         <f>'1. Datenerfassung '!$K$26</f>
         <v>1</v>
       </c>
       <c r="E6" s="51">
         <f t="shared" si="0"/>
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:5" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="7" spans="1:5" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="50" t="s">
         <v>51</v>
       </c>
       <c r="B7" s="51">
         <f>'1. Datenerfassung '!$D$26</f>
         <v>1</v>
       </c>
       <c r="C7" s="51">
         <f>'1. Datenerfassung '!$H$26</f>
         <v>1</v>
       </c>
       <c r="D7" s="51">
         <f>'1. Datenerfassung '!$L$26</f>
         <v>2</v>
       </c>
       <c r="E7" s="51">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
     </row>
-    <row r="8" spans="1:5" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="8" spans="1:5" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="50" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="51">
         <f>'1. Datenerfassung '!$E$26</f>
         <v>1</v>
       </c>
       <c r="C8" s="51">
         <f>'1. Datenerfassung '!$I$26</f>
         <v>1</v>
       </c>
       <c r="D8" s="51">
         <f>'1. Datenerfassung '!$M$26</f>
         <v>1</v>
       </c>
       <c r="E8" s="51">
         <f t="shared" si="0"/>
         <v>3</v>
       </c>
     </row>
-    <row r="9" spans="1:5" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="9" spans="1:5" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="48" t="s">
         <v>53</v>
       </c>
       <c r="B9" s="49">
         <f>'1. Datenerfassung '!$P$26</f>
         <v>23</v>
       </c>
       <c r="C9" s="49">
         <f>'1. Datenerfassung '!$T$26</f>
         <v>19</v>
       </c>
       <c r="D9" s="49">
         <f>'1. Datenerfassung '!$X$26</f>
         <v>26</v>
       </c>
       <c r="E9" s="49">
         <f t="shared" si="0"/>
         <v>68</v>
       </c>
     </row>
-    <row r="10" spans="1:5" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="10" spans="1:5" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="48" t="s">
         <v>54</v>
       </c>
       <c r="B10" s="49">
         <f>'1. Datenerfassung '!$Q$26</f>
         <v>3</v>
       </c>
       <c r="C10" s="49">
         <f>'1. Datenerfassung '!$U$26</f>
         <v>1</v>
       </c>
       <c r="D10" s="49">
         <f>'1. Datenerfassung '!$Y$26</f>
         <v>2</v>
       </c>
       <c r="E10" s="49">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
     </row>
-    <row r="11" spans="1:5" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="11" spans="1:5" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="48" t="s">
         <v>55</v>
       </c>
       <c r="B11" s="49">
         <f>'1. Datenerfassung '!$R$26</f>
         <v>7</v>
       </c>
       <c r="C11" s="49">
         <f>'1. Datenerfassung '!$V$26</f>
         <v>6</v>
       </c>
       <c r="D11" s="49">
         <f>'1. Datenerfassung '!$Z$26</f>
         <v>9</v>
       </c>
       <c r="E11" s="49">
         <f t="shared" si="0"/>
         <v>22</v>
       </c>
     </row>
-    <row r="12" spans="1:5" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="12" spans="1:5" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="48" t="s">
         <v>56</v>
       </c>
       <c r="B12" s="49">
         <f>'1. Datenerfassung '!$S$26</f>
         <v>13</v>
       </c>
       <c r="C12" s="49">
         <f>'1. Datenerfassung '!$W$26</f>
         <v>12</v>
       </c>
       <c r="D12" s="49">
         <f>'1. Datenerfassung '!$AA$26</f>
         <v>15</v>
       </c>
       <c r="E12" s="49">
         <f t="shared" si="0"/>
         <v>40</v>
       </c>
     </row>
-    <row r="13" spans="1:5" ht="24.75">
+    <row r="13" spans="1:5" ht="24.75" x14ac:dyDescent="0.3">
       <c r="A13" s="26"/>
       <c r="B13" s="26"/>
       <c r="C13" s="26"/>
       <c r="D13" s="26"/>
       <c r="E13" s="26"/>
     </row>
-    <row r="25" spans="10:10">
+    <row r="25" spans="10:10" x14ac:dyDescent="0.2">
       <c r="J25" s="25"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="76" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;G</oddHeader>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="33" max="4" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Tabelle5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I36"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="25.28515625" defaultRowHeight="14.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="25.28515625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="50.7109375" style="2" customWidth="1"/>
     <col min="2" max="5" width="29.28515625" style="2" customWidth="1"/>
     <col min="6" max="7" width="27.5703125" style="2" customWidth="1"/>
     <col min="8" max="16384" width="25.28515625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" s="3" customFormat="1" ht="18">
+    <row r="1" spans="1:9" s="3" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="7" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="2" spans="1:9">
+    <row r="2" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A2" s="14" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="5" spans="1:9" s="24" customFormat="1" ht="42.75" customHeight="1">
+    <row r="5" spans="1:9" s="24" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="16"/>
       <c r="B5" s="67" t="s">
         <v>59</v>
       </c>
       <c r="C5" s="67" t="s">
         <v>60</v>
       </c>
       <c r="D5" s="67" t="s">
         <v>61</v>
       </c>
       <c r="E5" s="67" t="s">
         <v>62</v>
       </c>
       <c r="F5" s="67" t="s">
         <v>63</v>
       </c>
       <c r="G5" s="67" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="6" spans="1:9" ht="27" customHeight="1">
+    <row r="6" spans="1:9" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="62" t="s">
         <v>65</v>
       </c>
       <c r="B6" s="58">
         <f>SUM('1. Datenerfassung '!B26)/'1. Datenerfassung '!B31*1000</f>
         <v>750</v>
       </c>
       <c r="C6" s="59">
         <f>'8. Branchendaten '!B4</f>
-        <v>59.6</v>
+        <v>58.2</v>
       </c>
       <c r="D6" s="58">
         <f>SUM('1. Datenerfassung '!F26/'1. Datenerfassung '!B31)*1000</f>
         <v>750</v>
       </c>
       <c r="E6" s="60">
         <f>'8. Branchendaten '!C4</f>
-        <v>129.5</v>
+        <v>131.6</v>
       </c>
       <c r="F6" s="61">
         <f>SUM('2. Cockpit I'!$E$6/'1. Datenerfassung '!$B$31)</f>
         <v>17</v>
       </c>
       <c r="G6" s="61">
         <f>'8. Branchendaten '!D4</f>
-        <v>7.4</v>
+        <v>8.5</v>
       </c>
     </row>
-    <row r="7" spans="1:9" ht="27" customHeight="1">
+    <row r="7" spans="1:9" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="63" t="s">
         <v>49</v>
       </c>
       <c r="B7" s="64">
         <f>'1. Datenerfassung '!$B$26</f>
         <v>3</v>
       </c>
       <c r="C7" s="64"/>
       <c r="D7" s="65">
         <f>'1. Datenerfassung '!$F$26</f>
         <v>3</v>
       </c>
       <c r="E7" s="65"/>
       <c r="F7" s="66"/>
       <c r="G7" s="66"/>
     </row>
-    <row r="11" spans="1:9">
+    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I11" s="25"/>
     </row>
-    <row r="36" spans="1:2" s="11" customFormat="1" ht="69" customHeight="1">
+    <row r="36" spans="1:2" s="11" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="87" t="s">
         <v>66</v>
       </c>
       <c r="B36" s="87"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A36:B36"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="58" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;G</oddHeader>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr codeName="Tabelle6"/>
   <dimension ref="A1:C16"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="25.28515625" defaultRowHeight="14.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="25.28515625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="114" style="2" customWidth="1"/>
     <col min="2" max="2" width="49.140625" style="2" customWidth="1"/>
     <col min="3" max="16384" width="25.28515625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" s="3" customFormat="1" ht="18">
+    <row r="1" spans="1:3" s="3" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="7" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
+    <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" s="14" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="4" spans="1:3" s="24" customFormat="1" ht="21" customHeight="1">
+    <row r="4" spans="1:3" s="24" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="16"/>
       <c r="B4" s="68" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="5" spans="1:3" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="5" spans="1:3" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="50" t="str">
         <f>'2. Cockpit I'!A5</f>
         <v>Anzahl Fälle</v>
       </c>
       <c r="B5" s="51">
         <f>'1. Datenerfassung '!$B$26</f>
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:3" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="6" spans="1:3" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="50" t="s">
         <v>69</v>
       </c>
       <c r="B6" s="51">
         <f>'1. Datenerfassung '!$C$26</f>
         <v>1</v>
       </c>
     </row>
-    <row r="7" spans="1:3" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="7" spans="1:3" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="50" t="s">
         <v>51</v>
       </c>
       <c r="B7" s="51">
         <f>'1. Datenerfassung '!$D$26</f>
         <v>1</v>
       </c>
     </row>
-    <row r="8" spans="1:3" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="8" spans="1:3" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="50" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="51">
         <f>'1. Datenerfassung '!$E$26</f>
         <v>1</v>
       </c>
       <c r="C8" s="28"/>
     </row>
-    <row r="9" spans="1:3" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="9" spans="1:3" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="53" t="s">
         <v>70</v>
       </c>
       <c r="B9" s="27">
         <f>SUM('1. Datenerfassung '!B26)/'1. Datenerfassung '!B31*1000</f>
         <v>750</v>
       </c>
     </row>
-    <row r="10" spans="1:3" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="10" spans="1:3" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="48" t="s">
         <v>53</v>
       </c>
       <c r="B10" s="49">
         <f>'1. Datenerfassung '!$P$26</f>
         <v>23</v>
       </c>
     </row>
-    <row r="11" spans="1:3" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="11" spans="1:3" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="48" t="s">
         <v>54</v>
       </c>
       <c r="B11" s="49">
         <f>'1. Datenerfassung '!$Q$26</f>
         <v>3</v>
       </c>
     </row>
-    <row r="12" spans="1:3" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="12" spans="1:3" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="48" t="s">
         <v>55</v>
       </c>
       <c r="B12" s="49">
         <f>'1. Datenerfassung '!$R$26</f>
         <v>7</v>
       </c>
     </row>
-    <row r="13" spans="1:3" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="13" spans="1:3" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="48" t="s">
         <v>56</v>
       </c>
       <c r="B13" s="49">
         <f>'1. Datenerfassung '!$S$26</f>
         <v>13</v>
       </c>
     </row>
-    <row r="14" spans="1:3" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="14" spans="1:3" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="53" t="s">
         <v>71</v>
       </c>
       <c r="B14" s="54">
         <f>SUM('1. Datenerfassung '!P26/'1. Datenerfassung '!B31)</f>
         <v>5.75</v>
       </c>
     </row>
-    <row r="15" spans="1:3" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="15" spans="1:3" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="53" t="s">
         <v>72</v>
       </c>
       <c r="B15" s="54">
         <f>SUM('1. Datenerfassung '!P26)/('1. Datenerfassung '!B31*'1. Datenerfassung '!B33)*100</f>
         <v>2.5442477876106198</v>
       </c>
     </row>
-    <row r="16" spans="1:3" ht="24.75">
+    <row r="16" spans="1:3" ht="24.75" x14ac:dyDescent="0.3">
       <c r="A16" s="26"/>
       <c r="B16" s="26"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;G</oddHeader>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr codeName="Tabelle7"/>
   <dimension ref="A1:B16"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="25.28515625" defaultRowHeight="14.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="25.28515625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="114" style="2" customWidth="1"/>
     <col min="2" max="2" width="49.140625" style="2" customWidth="1"/>
     <col min="3" max="16384" width="25.28515625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" s="3" customFormat="1" ht="18">
+    <row r="1" spans="1:2" s="3" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="7" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="2" spans="1:2">
+    <row r="2" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A2" s="14" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="4" spans="1:2" s="24" customFormat="1" ht="21" customHeight="1">
+    <row r="4" spans="1:2" s="24" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="16"/>
       <c r="B4" s="68" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="5" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="5" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="50" t="str">
         <f>'2. Cockpit I'!A5</f>
         <v>Anzahl Fälle</v>
       </c>
       <c r="B5" s="52">
         <f>'1. Datenerfassung '!$F$26</f>
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="6" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="50" t="s">
         <v>69</v>
       </c>
       <c r="B6" s="51">
         <f>'1. Datenerfassung '!$G$26</f>
         <v>1</v>
       </c>
     </row>
-    <row r="7" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="7" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="50" t="s">
         <v>51</v>
       </c>
       <c r="B7" s="51">
         <f>'1. Datenerfassung '!$H$26</f>
         <v>1</v>
       </c>
     </row>
-    <row r="8" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="8" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="50" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="51">
         <f>'1. Datenerfassung '!$I$26</f>
         <v>1</v>
       </c>
     </row>
-    <row r="9" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="9" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="53" t="s">
         <v>70</v>
       </c>
       <c r="B9" s="56">
         <f>SUM('1. Datenerfassung '!F26)/'1. Datenerfassung '!B31*1000</f>
         <v>750</v>
       </c>
     </row>
-    <row r="10" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="10" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="48" t="s">
         <v>53</v>
       </c>
       <c r="B10" s="49">
         <f>'1. Datenerfassung '!$T$26</f>
         <v>19</v>
       </c>
     </row>
-    <row r="11" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="11" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="48" t="s">
         <v>54</v>
       </c>
       <c r="B11" s="49">
         <f>'1. Datenerfassung '!$U$26</f>
         <v>1</v>
       </c>
     </row>
-    <row r="12" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="12" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="48" t="s">
         <v>55</v>
       </c>
       <c r="B12" s="49">
         <f>'1. Datenerfassung '!$V$26</f>
         <v>6</v>
       </c>
     </row>
-    <row r="13" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="13" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="48" t="s">
         <v>56</v>
       </c>
       <c r="B13" s="49">
         <f>'1. Datenerfassung '!$W$26</f>
         <v>12</v>
       </c>
     </row>
-    <row r="14" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="14" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="53" t="s">
         <v>71</v>
       </c>
       <c r="B14" s="54">
         <f>SUM('1. Datenerfassung '!T26/'1. Datenerfassung '!B31)</f>
         <v>4.75</v>
       </c>
     </row>
-    <row r="15" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="15" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="53" t="s">
         <v>72</v>
       </c>
       <c r="B15" s="54">
         <f>SUM('1. Datenerfassung '!T26)/('1. Datenerfassung '!B31*'1. Datenerfassung '!B33)*100</f>
         <v>2.1017699115044248</v>
       </c>
     </row>
-    <row r="16" spans="1:2" ht="24.75">
+    <row r="16" spans="1:2" ht="24.75" x14ac:dyDescent="0.3">
       <c r="A16" s="26"/>
       <c r="B16" s="26"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;G</oddHeader>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr codeName="Tabelle8"/>
   <dimension ref="A1:B16"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="25.28515625" defaultRowHeight="14.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="25.28515625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="114" style="2" customWidth="1"/>
     <col min="2" max="2" width="49.140625" style="2" customWidth="1"/>
     <col min="3" max="16384" width="25.28515625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" s="3" customFormat="1" ht="18">
+    <row r="1" spans="1:2" s="3" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="7" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="2" spans="1:2">
+    <row r="2" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A2" s="14" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="4" spans="1:2" s="24" customFormat="1" ht="21" customHeight="1">
+    <row r="4" spans="1:2" s="24" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="16"/>
       <c r="B4" s="68" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="5" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="5" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="50" t="s">
         <v>49</v>
       </c>
       <c r="B5" s="51">
         <f>'1. Datenerfassung '!J26</f>
         <v>4</v>
       </c>
     </row>
-    <row r="6" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="6" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="50" t="s">
         <v>69</v>
       </c>
       <c r="B6" s="51">
         <f>'1. Datenerfassung '!K26</f>
         <v>1</v>
       </c>
     </row>
-    <row r="7" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="7" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="50" t="s">
         <v>51</v>
       </c>
       <c r="B7" s="51">
         <f>'1. Datenerfassung '!L26</f>
         <v>2</v>
       </c>
     </row>
-    <row r="8" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="8" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="50" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="51">
         <f>'1. Datenerfassung '!M26</f>
         <v>1</v>
       </c>
     </row>
-    <row r="9" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="9" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="53" t="s">
         <v>70</v>
       </c>
       <c r="B9" s="56">
         <f>SUM('1. Datenerfassung '!J26/'1. Datenerfassung '!B31)*1000</f>
         <v>1000</v>
       </c>
     </row>
-    <row r="10" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="10" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="48" t="s">
         <v>53</v>
       </c>
       <c r="B10" s="57">
         <f>'1. Datenerfassung '!X26</f>
         <v>26</v>
       </c>
     </row>
-    <row r="11" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="11" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="48" t="s">
         <v>54</v>
       </c>
       <c r="B11" s="57">
         <f>'1. Datenerfassung '!Y26</f>
         <v>2</v>
       </c>
     </row>
-    <row r="12" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="12" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="48" t="s">
         <v>55</v>
       </c>
       <c r="B12" s="57">
         <f>'1. Datenerfassung '!Z26</f>
         <v>9</v>
       </c>
     </row>
-    <row r="13" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="13" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="48" t="s">
         <v>56</v>
       </c>
       <c r="B13" s="57">
         <f>'1. Datenerfassung '!AA26</f>
         <v>15</v>
       </c>
     </row>
-    <row r="14" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="14" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="53" t="s">
         <v>71</v>
       </c>
       <c r="B14" s="54">
         <f>SUM('1. Datenerfassung '!X26)/'1. Datenerfassung '!B31</f>
         <v>6.5</v>
       </c>
     </row>
-    <row r="15" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1">
+    <row r="15" spans="1:2" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="53" t="s">
         <v>72</v>
       </c>
       <c r="B15" s="54">
         <f>SUM('1. Datenerfassung '!X26)/('1. Datenerfassung '!B31*'1. Datenerfassung '!B33)*100</f>
         <v>2.8761061946902653</v>
       </c>
     </row>
-    <row r="16" spans="1:2" ht="24.75">
+    <row r="16" spans="1:2" ht="24.75" x14ac:dyDescent="0.3">
       <c r="A16" s="26"/>
       <c r="B16" s="26"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;G</oddHeader>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <sheetPr codeName="Tabelle9"/>
   <dimension ref="A1:F20"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="G7" sqref="G7"/>
+      <selection activeCell="D4" sqref="D4:D17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="14.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="77.85546875" style="2" customWidth="1"/>
     <col min="2" max="4" width="28.28515625" style="2" customWidth="1"/>
     <col min="5" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" s="30" customFormat="1" ht="18">
+    <row r="1" spans="1:6" s="30" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="32" t="s">
         <v>77</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
     </row>
-    <row r="3" spans="1:6" ht="25.5">
+    <row r="3" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A3" s="69" t="s">
         <v>78</v>
       </c>
       <c r="B3" s="70" t="s">
         <v>79</v>
       </c>
       <c r="C3" s="70" t="s">
         <v>80</v>
       </c>
       <c r="D3" s="70" t="s">
         <v>81</v>
       </c>
       <c r="E3" s="13"/>
       <c r="F3" s="13"/>
     </row>
-    <row r="4" spans="1:6" ht="18" customHeight="1">
+    <row r="4" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="71" t="s">
+        <v>95</v>
+      </c>
+      <c r="B4" s="85">
+        <v>58.2</v>
+      </c>
+      <c r="C4" s="85">
+        <v>131.6</v>
+      </c>
+      <c r="D4" s="86">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="72" t="s">
         <v>82</v>
       </c>
-      <c r="B4" s="85">
-[...6 lines deleted...]
-        <v>7.4</v>
+      <c r="B5" s="84">
+        <v>143.69999999999999</v>
+      </c>
+      <c r="C5" s="84">
+        <v>123.4</v>
+      </c>
+      <c r="D5" s="84">
+        <v>9.4</v>
       </c>
     </row>
-    <row r="5" spans="1:6" ht="18" customHeight="1">
-      <c r="A5" s="72" t="s">
+    <row r="6" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="72" t="s">
         <v>83</v>
       </c>
-      <c r="B5" s="84">
-[...6 lines deleted...]
-        <v>7.8</v>
+      <c r="B6" s="84">
+        <v>10.5</v>
+      </c>
+      <c r="C6" s="84">
+        <v>150.19999999999999</v>
+      </c>
+      <c r="D6" s="84">
+        <v>6.7</v>
       </c>
     </row>
-    <row r="6" spans="1:6" ht="18" customHeight="1">
-      <c r="A6" s="72" t="s">
+    <row r="7" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="72" t="s">
         <v>84</v>
       </c>
-      <c r="B6" s="84">
-[...12 lines deleted...]
-      </c>
       <c r="B7" s="84">
-        <v>24</v>
+        <v>21.8</v>
       </c>
       <c r="C7" s="84">
-        <v>129.6</v>
+        <v>131.69999999999999</v>
       </c>
       <c r="D7" s="84">
-        <v>6.3</v>
+        <v>6</v>
       </c>
       <c r="E7" s="31"/>
     </row>
-    <row r="8" spans="1:6" ht="18" customHeight="1">
+    <row r="8" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="72" t="s">
+        <v>85</v>
+      </c>
+      <c r="B8" s="84">
+        <v>71.400000000000006</v>
+      </c>
+      <c r="C8" s="84">
+        <v>95.5</v>
+      </c>
+      <c r="D8" s="84">
+        <v>8.6</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="72" t="s">
         <v>86</v>
       </c>
-      <c r="B8" s="84">
-[...6 lines deleted...]
-        <v>7.1</v>
+      <c r="B9" s="84">
+        <v>62.4</v>
+      </c>
+      <c r="C9" s="84">
+        <v>167</v>
+      </c>
+      <c r="D9" s="84">
+        <v>9.4</v>
       </c>
     </row>
-    <row r="9" spans="1:6" ht="18" customHeight="1">
-      <c r="A9" s="72" t="s">
+    <row r="10" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="72" t="s">
         <v>87</v>
       </c>
-      <c r="B9" s="84">
-[...6 lines deleted...]
-        <v>8.1</v>
+      <c r="B10" s="84">
+        <v>48.8</v>
+      </c>
+      <c r="C10" s="84">
+        <v>119.6</v>
+      </c>
+      <c r="D10" s="84">
+        <v>8.6</v>
       </c>
     </row>
-    <row r="10" spans="1:6" ht="18" customHeight="1">
-      <c r="A10" s="72" t="s">
+    <row r="11" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="72" t="s">
         <v>88</v>
       </c>
-      <c r="B10" s="84">
-[...6 lines deleted...]
-        <v>8.3000000000000007</v>
+      <c r="B11" s="84">
+        <v>88.7</v>
+      </c>
+      <c r="C11" s="84">
+        <v>107.6</v>
+      </c>
+      <c r="D11" s="84">
+        <v>11.5</v>
       </c>
     </row>
-    <row r="11" spans="1:6" ht="18" customHeight="1">
-      <c r="A11" s="72" t="s">
+    <row r="12" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="72" t="s">
         <v>89</v>
       </c>
-      <c r="B11" s="84">
-[...6 lines deleted...]
-        <v>8.9</v>
+      <c r="B12" s="84">
+        <v>12</v>
+      </c>
+      <c r="C12" s="84">
+        <v>127.1</v>
+      </c>
+      <c r="D12" s="84">
+        <v>5.4</v>
       </c>
     </row>
-    <row r="12" spans="1:6" ht="18" customHeight="1">
-      <c r="A12" s="72" t="s">
+    <row r="13" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="72" t="s">
         <v>90</v>
-      </c>
-[...12 lines deleted...]
-        <v>91</v>
       </c>
       <c r="B13" s="84">
         <v>65</v>
       </c>
       <c r="C13" s="84">
-        <v>101.1</v>
+        <v>103.8</v>
       </c>
       <c r="D13" s="84">
-        <v>5.9</v>
+        <v>8.3000000000000007</v>
       </c>
     </row>
-    <row r="14" spans="1:6" ht="18" customHeight="1">
+    <row r="14" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="72" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" s="84">
+        <v>137.6</v>
+      </c>
+      <c r="C14" s="84">
+        <v>85.2</v>
+      </c>
+      <c r="D14" s="84">
+        <v>10.4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="72" t="s">
         <v>92</v>
       </c>
-      <c r="B14" s="84">
-[...6 lines deleted...]
-        <v>11.1</v>
+      <c r="B15" s="84">
+        <v>44.8</v>
+      </c>
+      <c r="C15" s="84">
+        <v>164.4</v>
+      </c>
+      <c r="D15" s="84">
+        <v>7.4</v>
       </c>
     </row>
-    <row r="15" spans="1:6" ht="18" customHeight="1">
-      <c r="A15" s="72" t="s">
+    <row r="16" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="72" t="s">
         <v>93</v>
       </c>
-      <c r="B15" s="84">
-[...6 lines deleted...]
-        <v>6.6</v>
+      <c r="B16" s="84">
+        <v>53.7</v>
+      </c>
+      <c r="C16" s="84">
+        <v>123.3</v>
+      </c>
+      <c r="D16" s="84">
+        <v>9.1999999999999993</v>
       </c>
     </row>
-    <row r="16" spans="1:6" ht="18" customHeight="1">
-      <c r="A16" s="72" t="s">
+    <row r="17" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="72" t="s">
         <v>94</v>
       </c>
-      <c r="B16" s="84">
-[...6 lines deleted...]
-        <v>7.6</v>
+      <c r="B17" s="84">
+        <v>69.2</v>
+      </c>
+      <c r="C17" s="84">
+        <v>117.7</v>
+      </c>
+      <c r="D17" s="84">
+        <v>10.9</v>
       </c>
     </row>
-    <row r="17" spans="1:4" ht="18" customHeight="1">
-[...13 lines deleted...]
-    <row r="20" spans="1:4">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A20" s="33" t="s">
         <v>96</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" fitToWidth="0" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;G</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100FEE48E0CB41C7E4A8A0CA9109C1A6C13" ma:contentTypeVersion="15" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="5c65411fcf0791df4b550c24ac17adb1">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fb12257e-2545-4492-bf00-85ffc4a643eb" xmlns:ns3="7b6fca0e-0371-4bb1-9f44-ec1d7e80c190" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="65296679f69c2cb6bcd15699545eb92b" ns2:_="" ns3:_="">
     <xsd:import namespace="fb12257e-2545-4492-bf00-85ffc4a643eb"/>
     <xsd:import namespace="7b6fca0e-0371-4bb1-9f44-ec1d7e80c190"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
@@ -15918,94 +15927,155 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="fb12257e-2545-4492-bf00-85ffc4a643eb">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="7b6fca0e-0371-4bb1-9f44-ec1d7e80c190" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEFB8B1F-9BA1-40DD-9B15-18315EF38C4A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{455C279E-C737-443A-A30B-7F3A4BC43809}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{455C279E-C737-443A-A30B-7F3A4BC43809}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEFB8B1F-9BA1-40DD-9B15-18315EF38C4A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="fb12257e-2545-4492-bf00-85ffc4a643eb"/>
+    <ds:schemaRef ds:uri="7b6fca0e-0371-4bb1-9f44-ec1d7e80c190"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E0FA3E0-9A1D-422A-9D44-4A4515D02E98}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E0FA3E0-9A1D-422A-9D44-4A4515D02E98}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="fb12257e-2545-4492-bf00-85ffc4a643eb"/>
+    <ds:schemaRef ds:uri="7b6fca0e-0371-4bb1-9f44-ec1d7e80c190"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a7a56758-cff2-477b-bb1d-5b1675037bee}" enabled="1" method="Privileged" siteId="{98616167-5668-4e66-acbf-925e81df8b00}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <TotalTime></TotalTime>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Arbeitsblätter</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Benannte Bereiche</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="18" baseType="lpstr">
+      <vt:lpstr>Anleitung</vt:lpstr>
+      <vt:lpstr>1. Datenerfassung </vt:lpstr>
+      <vt:lpstr>2. Cockpit I</vt:lpstr>
+      <vt:lpstr>3. Cockpit II</vt:lpstr>
+      <vt:lpstr>4. Vergleich Schweiz</vt:lpstr>
+      <vt:lpstr>5. Berufsunfall</vt:lpstr>
+      <vt:lpstr>6. Nichtberufsunfall</vt:lpstr>
+      <vt:lpstr>7. Krankheit</vt:lpstr>
+      <vt:lpstr>8. Branchendaten </vt:lpstr>
+      <vt:lpstr>'1. Datenerfassung '!Druckbereich</vt:lpstr>
+      <vt:lpstr>'2. Cockpit I'!Druckbereich</vt:lpstr>
+      <vt:lpstr>'3. Cockpit II'!Druckbereich</vt:lpstr>
+      <vt:lpstr>'4. Vergleich Schweiz'!Druckbereich</vt:lpstr>
+      <vt:lpstr>'5. Berufsunfall'!Druckbereich</vt:lpstr>
+      <vt:lpstr>'6. Nichtberufsunfall'!Druckbereich</vt:lpstr>
+      <vt:lpstr>'7. Krankheit'!Druckbereich</vt:lpstr>
+      <vt:lpstr>'8. Branchendaten '!Druckbereich</vt:lpstr>
+      <vt:lpstr>Anleitung!Druckbereich</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company>SUVA</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Arfassung und Auswertung der Absenzen</dc:title>
   <dc:subject>Erfassung und Auswertung der Absenzen</dc:subject>
   <dc:creator>Suva</dc:creator>
   <cp:keywords>Absenzen, BU, NBU, Krankheit</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Absenzenmanagement</cp:category>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_a7a56758-cff2-477b-bb1d-5b1675037bee_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>