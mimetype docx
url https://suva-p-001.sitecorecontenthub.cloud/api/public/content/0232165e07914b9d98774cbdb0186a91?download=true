--- v0 (2025-11-26)
+++ v1 (2026-03-13)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1A576528" w14:textId="2AF31746" w:rsidR="00E25C56" w:rsidRPr="00A9653C" w:rsidRDefault="00DB5987" w:rsidP="00C44AC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A9653C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Modèle pour le web et pour le manuscrit de Suva Medical: liste de contrôle pour les auteurs et les autrices</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58D6310B" w14:textId="77777777" w:rsidR="00CC3A29" w:rsidRPr="00A9653C" w:rsidRDefault="00CC3A29" w:rsidP="00C44AC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -71,129 +71,147 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="40513422" w14:textId="77777777" w:rsidR="00CC3A29" w:rsidRPr="00A9653C" w:rsidRDefault="00CC3A29" w:rsidP="00C44AC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="112"/>
         <w:gridCol w:w="8918"/>
         <w:gridCol w:w="75"/>
         <w:gridCol w:w="181"/>
         <w:gridCol w:w="36"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E25C56" w:rsidRPr="006B23C9" w14:paraId="0E3670B9" w14:textId="77777777" w:rsidTr="006E1CA8">
+      <w:tr w:rsidR="00E25C56" w:rsidRPr="0092227E" w14:paraId="0E3670B9" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="292" w:type="dxa"/>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9030" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="598CEB94" w14:textId="4A753933" w:rsidR="0007438A" w:rsidRPr="00A9653C" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Partie A: informations concernant le contenu en ligne </w:t>
             </w:r>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>(voir exemple dans l’annexe)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E25C56" w:rsidRPr="006B23C9" w14:paraId="641262D0" w14:textId="77777777" w:rsidTr="006E1CA8">
+      <w:tr w:rsidR="00E25C56" w:rsidRPr="0092227E" w14:paraId="641262D0" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="292" w:type="dxa"/>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9030" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w14:paraId="598F2885" w14:textId="22E366BB" w:rsidR="0007438A" w:rsidRPr="00A9653C" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
+          <w:p w14:paraId="598F2885" w14:textId="276D55AA" w:rsidR="0007438A" w:rsidRPr="00A9653C" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Auteur ou autrice et co-auteurs ou co-autrices et </w:t>
             </w:r>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>rattachement organisationnel</w:t>
+            </w:r>
+            <w:r w:rsidR="00357D9C">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00357D9C" w:rsidRPr="00357D9C">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>(un seul rattachement)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E25C56" w:rsidRPr="00D874E1" w14:paraId="45B8030E" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="292" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9030" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="21BCBEE3" w14:textId="2542C086" w:rsidR="00E25C56" w:rsidRPr="00D874E1" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="32599E"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
@@ -280,73 +298,51 @@
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E154C3" w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00E154C3" w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="32599E"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
-              <w:t xml:space="preserve">Premier auteur ou première </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> p.</w:t>
+              <w:t>Premier auteur ou première autrice: p.</w:t>
             </w:r>
             <w:r w:rsidR="00E154C3" w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00E154C3" w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>ex</w:t>
             </w:r>
             <w:r w:rsidR="00E154C3" w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="32599E"/>
@@ -460,73 +456,51 @@
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00E25C56" w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="32599E"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
-              <w:t>Co-auteur ou co-autrice </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> p. ex. </w:t>
+              <w:t xml:space="preserve">Co-auteur ou co-autrice 1: p. ex. </w:t>
             </w:r>
             <w:r w:rsidR="00CC3A29" w:rsidRPr="00D874E1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>N.N., réadaptation neurologique, Hôpital universitaire de Bâle</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02BC0D5D" w14:textId="6266C44A" w:rsidR="00E25C56" w:rsidRPr="00D874E1" w:rsidRDefault="00E154C3" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -608,158 +582,168 @@
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00E25C56" w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="32599E"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
-              <w:t>Co-auteur ou co-autrice </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> p. ex. </w:t>
+              <w:t xml:space="preserve">Co-auteur ou co-autrice 2: p. ex. </w:t>
             </w:r>
             <w:r w:rsidR="00CC3A29" w:rsidRPr="00D874E1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">N.N., </w:t>
             </w:r>
             <w:r w:rsidR="00E25C56" w:rsidRPr="00D874E1">
               <w:rPr>
                 <w:color w:val="32599E"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">psychiatrie, Hôpital cantonal de Lucerne </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3065A001" w14:textId="03595AEB" w:rsidR="00E25C56" w:rsidRPr="001C54AF" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>....</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E25C56" w:rsidRPr="006B23C9" w14:paraId="7CF9523B" w14:textId="77777777" w:rsidTr="006E1CA8">
+      <w:tr w:rsidR="00E25C56" w:rsidRPr="0092227E" w14:paraId="7CF9523B" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="292" w:type="dxa"/>
           <w:trHeight w:val="799"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9030" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="4E06A7CA" w14:textId="77777777" w:rsidR="00E25C56" w:rsidRPr="00A9653C" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>Adresse de correspondance</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="705FCC51" w14:textId="77777777" w:rsidR="00E25C56" w:rsidRPr="00A9653C" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
+          <w:p w14:paraId="705FCC51" w14:textId="47403A06" w:rsidR="00E25C56" w:rsidRPr="00A9653C" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
-              <w:t>Les titre, prénom, nom et institution doivent obligatoirement être indiqués.</w:t>
+              <w:t>Les titre, prénom, nom</w:t>
+            </w:r>
+            <w:r w:rsidR="00357D9C">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9653C">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> institution </w:t>
+            </w:r>
+            <w:r w:rsidR="00357D9C">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">et adresse </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9653C">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>doivent obligatoirement être indiqués.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F5A0EDF" w14:textId="5ABBDF06" w:rsidR="0007438A" w:rsidRPr="00A9653C" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>Le numéro de tél. ne peut être utilisé que par la Suva en cas de questions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E25C56" w:rsidRPr="001C54AF" w14:paraId="0EB442B1" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="292" w:type="dxa"/>
@@ -842,150 +826,194 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00D874E1">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CB98FF8" w14:textId="77777777" w:rsidR="00E25C56" w:rsidRPr="00A9653C" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
+          <w:p w14:paraId="0CB98FF8" w14:textId="4B0933B8" w:rsidR="00E25C56" w:rsidRPr="00A9653C" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH" w:eastAsia="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
-              <w:t>Dr Marie Exemple</w:t>
+              <w:t>Dr</w:t>
+            </w:r>
+            <w:r w:rsidR="0092227E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9653C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00357D9C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">méd. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9653C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>Marie Exemple</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="45D4E660" w14:textId="77777777" w:rsidR="00E25C56" w:rsidRPr="00A9653C" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="fr-CH" w:eastAsia="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Médecine d’assurance Suva </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1396BD15" w14:textId="77777777" w:rsidR="00E25C56" w:rsidRPr="001C54AF" w:rsidRDefault="006B23C9" w:rsidP="00C44AC3">
+          <w:p w14:paraId="1396BD15" w14:textId="77777777" w:rsidR="00E25C56" w:rsidRPr="001C54AF" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
-              <w:r w:rsidR="00E25C56" w:rsidRPr="001C54AF">
+              <w:r w:rsidRPr="001C54AF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>marie.exemple@suva.ch</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00E25C56" w:rsidRPr="001C54AF">
+            <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03D49DBE" w14:textId="545387C0" w:rsidR="00E25C56" w:rsidRPr="001C54AF" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t>+41 52 123 45 67</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E25C56" w:rsidRPr="006B23C9" w14:paraId="27BADB22" w14:textId="77777777" w:rsidTr="006E1CA8">
+      <w:tr w:rsidR="00E25C56" w:rsidRPr="0092227E" w14:paraId="27BADB22" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="292" w:type="dxa"/>
           <w:trHeight w:val="1321"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9030" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="66A17CCF" w14:textId="66C6AAC5" w:rsidR="00E25C56" w:rsidRPr="00A9653C" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
@@ -1051,93 +1079,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>comme titre de l’article.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25118EEA" w14:textId="43C26A7F" w:rsidR="00307FC0" w:rsidRPr="00A9653C" w:rsidRDefault="00CA5B37" w:rsidP="00C44AC3">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
-              <w:t>sur</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> la page d’accueil web de la nouvelle édition (= «titre du teaser» sur </w:t>
+              <w:t xml:space="preserve">sur la page d’accueil web de la nouvelle édition (= «titre du teaser» sur </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidR="001C54AF" w:rsidRPr="00A9653C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="fr-CH"/>
                 </w:rPr>
-                <w:t>suva.ch/</w:t>
+                <w:t>suva.ch/medical</w:t>
               </w:r>
-              <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r w:rsidR="00307FC0" w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00C43F2A" w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00307FC0" w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
@@ -1258,51 +1263,51 @@
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="46756AC9" w14:textId="77777777" w:rsidR="00E25C56" w:rsidRPr="001C54AF" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E25C56" w:rsidRPr="006B23C9" w14:paraId="70A85CED" w14:textId="77777777" w:rsidTr="006E1CA8">
+      <w:tr w:rsidR="00E25C56" w:rsidRPr="0092227E" w14:paraId="70A85CED" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="292" w:type="dxa"/>
           <w:trHeight w:val="1351"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9030" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="0EE169A7" w14:textId="77777777" w:rsidR="00E25C56" w:rsidRPr="00A9653C" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
@@ -1350,93 +1355,70 @@
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Le chapeau</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="722AF6F9" w14:textId="1517D2BF" w:rsidR="00E154C3" w:rsidRPr="00A9653C" w:rsidRDefault="00CA5B37" w:rsidP="00C44AC3">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
-              <w:t>figure</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> en caractères gras sur </w:t>
+              <w:t xml:space="preserve">figure en caractères gras sur </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidR="001C54AF" w:rsidRPr="00A9653C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="fr-CH"/>
                 </w:rPr>
-                <w:t>suva.ch/</w:t>
+                <w:t>suva.ch/medical</w:t>
               </w:r>
-              <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r w:rsidR="001C54AF" w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001C54AF" w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00E154C3" w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>ous l’image d’introduction de l’article.</w:t>
             </w:r>
@@ -1577,51 +1559,51 @@
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="54251971" w14:textId="5CBFA5F1" w:rsidR="00E25C56" w:rsidRPr="001C54AF" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E25C56" w:rsidRPr="006B23C9" w14:paraId="1864F239" w14:textId="77777777" w:rsidTr="006E1CA8">
+      <w:tr w:rsidR="00E25C56" w:rsidRPr="0092227E" w14:paraId="1864F239" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="292" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9030" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="187B36D6" w14:textId="77777777" w:rsidR="00E25C56" w:rsidRPr="00A9653C" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3002"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
@@ -1648,97 +1630,97 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>Au maximum 160 caractères (espaces compris)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49067936" w14:textId="54AFE2AF" w:rsidR="00E25C56" w:rsidRPr="00A9653C" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>À des fins d’optimisation pour les moteurs de recherche et pour les réseaux sociaux. Le lead apparaît par exemple sous le titre dans les résultats de recherche sur Google.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E25C56" w:rsidRPr="006B23C9" w14:paraId="02081255" w14:textId="77777777" w:rsidTr="006E1CA8">
+      <w:tr w:rsidR="00E25C56" w:rsidRPr="0092227E" w14:paraId="02081255" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="292" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9030" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="161273ED" w14:textId="77777777" w:rsidR="00E25C56" w:rsidRPr="00A9653C" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH" w:eastAsia="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t>Aucune entrée. La rédaction de Suva Medical s’en charge.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27CD176A" w14:textId="076A5A2F" w:rsidR="00533616" w:rsidRPr="00A9653C" w:rsidRDefault="00533616" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E25C56" w:rsidRPr="006B23C9" w14:paraId="186D53DF" w14:textId="77777777" w:rsidTr="006E1CA8">
+      <w:tr w:rsidR="00E25C56" w:rsidRPr="0092227E" w14:paraId="186D53DF" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="292" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9030" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="22FDE919" w14:textId="45DD6E7C" w:rsidR="00E25C56" w:rsidRPr="00A9653C" w:rsidRDefault="00E25C56" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Mots-clés (keywords) à des fins d’optimisation pour les moteurs de recherche </w:t>
@@ -1908,190 +1890,169 @@
           <w:wAfter w:w="217" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6CE55998" w14:textId="4328B4AE" w:rsidR="00375552" w:rsidRPr="001C54AF" w:rsidRDefault="00375552" w:rsidP="005C1CD6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0046048C" w:rsidRPr="006B23C9" w14:paraId="202FBFF3" w14:textId="77777777" w:rsidTr="006E1CA8">
+      <w:tr w:rsidR="0046048C" w:rsidRPr="0092227E" w14:paraId="202FBFF3" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9286" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="0A1409ED" w14:textId="1C41DDA0" w:rsidR="0046048C" w:rsidRPr="00A9653C" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>Partie B: formatage, règles sur les genres, droit d’auteur, conflit d’intérêts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FA60C38" w14:textId="0C17DA08" w:rsidR="0046048C" w:rsidRPr="00A9653C" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0046048C" w:rsidRPr="006B23C9" w14:paraId="4EBDA78A" w14:textId="77777777" w:rsidTr="006E1CA8">
+      <w:tr w:rsidR="0046048C" w:rsidRPr="0092227E" w14:paraId="4EBDA78A" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9286" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="52E35590" w14:textId="77777777" w:rsidR="0046048C" w:rsidRPr="001C54AF" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Manuscrit</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Manuscrit </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="690D527E" w14:textId="77777777" w:rsidR="0046048C" w:rsidRPr="00A9653C" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>Il est souhaitable de donner une structure au manuscrit: les titres, sous-titres et intertitres facilitent la lecture.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F2294E6" w14:textId="60432EC3" w:rsidR="0046048C" w:rsidRPr="00D874E1" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
-              <w:t>Formatage:</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> document Word, texte écrit avec la police Arial 11 et un interligne de 1,5. </w:t>
+              <w:t xml:space="preserve">Formatage: document Word, texte écrit avec la police Arial 11 et un interligne de 1,5. </w:t>
             </w:r>
             <w:r w:rsidRPr="00D874E1">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Si possible, éviter d’utiliser d’autres formatages (gras, italique, texte justifié, différents types ou tailles de police, tabulations, espaces, etc.), car la rédaction doit généralement les supprimer manuellement avant de préparer le manuscrit pour le web. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19462D0B" w14:textId="77777777" w:rsidR="00CC58CE" w:rsidRPr="00A9653C" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
@@ -2130,61 +2091,59 @@
               </w:rPr>
               <w:t>Les notes de bas de page sont numérotées de manière continue et mises en exposant par un nombre. Le texte des notes de bas de page doit être aussi court que possible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0046048C" w:rsidRPr="001C54AF" w14:paraId="638E6A3E" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9286" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="2D8A4782" w14:textId="7F02FB12" w:rsidR="0046048C" w:rsidRPr="001C54AF" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="7030A0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bibliographie</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="1420F593" w14:textId="77777777" w:rsidR="0046048C" w:rsidRPr="00504783" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00504783">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Règles générales </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0CD030EA" w14:textId="5C608AA5" w:rsidR="0046048C" w:rsidRPr="00A9653C" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
@@ -2275,75 +2234,51 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Le titre de la revue est abrégé conformément au catalogue de la </w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidRPr="00A9653C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="fr-CH"/>
                 </w:rPr>
-                <w:t xml:space="preserve">National </w:t>
-[...23 lines deleted...]
-                <w:t xml:space="preserve"> of Medicine, NLM (PubMed)</w:t>
+                <w:t>National Libraray of Medicine, NLM (PubMed)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="122148E2" w14:textId="77777777" w:rsidR="0046048C" w:rsidRPr="00A9653C" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
@@ -2926,98 +2861,98 @@
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Plateforme suisse des registres médicaux. SAQM/FMH, Berne [Internet]. Disponible sur: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38F415B0" w14:textId="64FC7AF6" w:rsidR="0046048C" w:rsidRPr="00A9653C" w:rsidRDefault="006B23C9" w:rsidP="00C44AC3">
+          <w:p w14:paraId="38F415B0" w14:textId="64FC7AF6" w:rsidR="0046048C" w:rsidRPr="00A9653C" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidR="0046048C" w:rsidRPr="00A9653C">
+              <w:r w:rsidRPr="00A9653C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="fr-CH"/>
                 </w:rPr>
                 <w:t>https://fmh.ch/fr/themes/qualite-asqm/registres/registres-medicaux.cfm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="06F0C307" w14:textId="4496B0FB" w:rsidR="0046048C" w:rsidRPr="00255C93" w:rsidRDefault="0046048C" w:rsidP="00C44AC3">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00255C93">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">(consulté le 2 février 2023) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5CD1469A" w14:textId="77777777" w:rsidR="0046048C" w:rsidRPr="001C54AF" w:rsidRDefault="0046048C" w:rsidP="00C44AC3"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362FBF" w:rsidRPr="006B23C9" w14:paraId="0750D844" w14:textId="77777777" w:rsidTr="006E1CA8">
+      <w:tr w:rsidR="00362FBF" w:rsidRPr="0092227E" w14:paraId="0750D844" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9286" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="4C6657EF" w14:textId="77777777" w:rsidR="00362FBF" w:rsidRPr="00A9653C" w:rsidRDefault="00362FBF" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
@@ -3166,51 +3101,51 @@
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>a rédaction veille à ce que les femmes et les hommes soient représentés équitablement dans les articles de Suva Medical.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="515A1127" w14:textId="67420147" w:rsidR="00307FC0" w:rsidRPr="00A9653C" w:rsidRDefault="00307FC0" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:after="60" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362FBF" w:rsidRPr="006B23C9" w14:paraId="66CCF463" w14:textId="77777777" w:rsidTr="006E1CA8">
+      <w:tr w:rsidR="00362FBF" w:rsidRPr="0092227E" w14:paraId="66CCF463" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9286" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="1E4A23E6" w14:textId="77777777" w:rsidR="00362FBF" w:rsidRPr="00A9653C" w:rsidRDefault="00362FBF" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
@@ -3331,51 +3266,51 @@
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Les liens économiques ou personnels entre des auteurs ou autrices et des organisations peuvent donner lieu à un conflit d’intérêts. La déclaration de tels liens doit contribuer à rendre le processus de publication d’articles dans Suva Medical transparent et objectif. Pour ce faire, nous invitons les auteurs ou les autrices à déclarer, le cas échéant, les liens entretenus au cours des trois dernières années. La déclaration est une condition sine qua non pour l’acceptation et la publication de l’article concerné. </w:t>
             </w:r>
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Elle est publiée avec l’article.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03E82E20" w14:textId="77777777" w:rsidR="006E1CA8" w:rsidRPr="001C54AF" w:rsidRDefault="006E1CA8" w:rsidP="00C44AC3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E1CA8" w:rsidRPr="006B23C9" w14:paraId="6FD00E0B" w14:textId="77777777" w:rsidTr="006E1CA8">
+      <w:tr w:rsidR="006E1CA8" w:rsidRPr="0092227E" w14:paraId="6FD00E0B" w14:textId="77777777" w:rsidTr="006E1CA8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9286" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="5974F21E" w14:textId="4EEA5587" w:rsidR="006E1CA8" w:rsidRPr="00A9653C" w:rsidRDefault="00D26947" w:rsidP="006E1CA8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
@@ -3472,156 +3407,216 @@
         <w:rPr>
           <w:b/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="75C8CF47" w14:textId="77777777" w:rsidR="00956252" w:rsidRPr="00A9653C" w:rsidRDefault="00956252" w:rsidP="00956252">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="1842"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00485BB0" w:rsidRPr="006B23C9" w14:paraId="03BFFD61" w14:textId="77777777" w:rsidTr="00956252">
+      <w:tr w:rsidR="00485BB0" w:rsidRPr="0092227E" w14:paraId="03BFFD61" w14:textId="77777777" w:rsidTr="00956252">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="216D937E" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>Auteur ou autrice et co-auteurs ou co-autrices et rattachement organisationnel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00485BB0" w:rsidRPr="006B23C9" w14:paraId="0037DBE5" w14:textId="77777777" w:rsidTr="00956252">
+      <w:tr w:rsidR="00485BB0" w:rsidRPr="0092227E" w14:paraId="0037DBE5" w14:textId="77777777" w:rsidTr="00956252">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="776812FB" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00485BB0" w:rsidP="00956252">
+          <w:p w14:paraId="776812FB" w14:textId="4A3C02FC" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
-              <w:t>Dr Marc Exemple, chirurgie, médecine d’assurance Suva</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6EAD0F7B" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00485BB0" w:rsidP="00956252">
+              <w:t>Dr </w:t>
+            </w:r>
+            <w:r w:rsidR="00357D9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">méd. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9653C">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>Marc Exemple, chirurgie, médecine d’assurance Suva</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EAD0F7B" w14:textId="79CF80BD" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
-              <w:t>Dr Marie Exemple, réadaptation neurologique, Hôpital universitaire de Bâle</w:t>
+              <w:t>Dr</w:t>
+            </w:r>
+            <w:r w:rsidR="00357D9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9653C">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00357D9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">méd. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9653C">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>Marie Exemple, réadaptation neurologique, Hôpital universitaire de Bâle</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00485BB0" w:rsidRPr="006B23C9" w14:paraId="32E6F7E0" w14:textId="77777777" w:rsidTr="00956252">
+      <w:tr w:rsidR="00485BB0" w:rsidRPr="0092227E" w14:paraId="32E6F7E0" w14:textId="77777777" w:rsidTr="00956252">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="79FB9D8E" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
@@ -3662,152 +3657,174 @@
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>Le numéro de tél. ne peut être utilisé que par la Suva en cas de questions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00485BB0" w14:paraId="54C485EF" w14:textId="77777777" w:rsidTr="00956252">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="61C02204" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00485BB0" w:rsidP="00956252">
+          <w:p w14:paraId="61C02204" w14:textId="14514548" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH" w:eastAsia="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
-              <w:t>Dr Marie Exemple</w:t>
+              <w:t>Dr</w:t>
+            </w:r>
+            <w:r w:rsidR="00357D9C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t>e méd.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9653C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:t> Marie Exemple</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22E5E4E6" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="fr-CH" w:eastAsia="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Médecine d’assurance Suva </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="688AFF2E" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00D90BE1" w:rsidRDefault="006B23C9" w:rsidP="00956252">
+          <w:p w14:paraId="688AFF2E" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00D90BE1" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r w:rsidR="00485BB0" w:rsidRPr="00D90BE1">
+              <w:r w:rsidRPr="00D90BE1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>marie.exemple@suva.ch</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00485BB0" w:rsidRPr="00D90BE1">
+            <w:r w:rsidRPr="00D90BE1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="376C6752" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00273ED4" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D90BE1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t>+41 52 123 45 67</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00485BB0" w:rsidRPr="006B23C9" w14:paraId="4725B40D" w14:textId="77777777" w:rsidTr="00956252">
+      <w:tr w:rsidR="00485BB0" w:rsidRPr="0092227E" w14:paraId="4725B40D" w14:textId="77777777" w:rsidTr="00956252">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1253172A" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -3874,249 +3891,193 @@
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>comme titre de l’article.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25EDF056" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
-              <w:t>sur</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> la page d’accueil web de la nouvelle édition (= «titre du teaser» sur </w:t>
+              <w:t xml:space="preserve">sur la page d’accueil web de la nouvelle édition (= «titre du teaser» sur </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidRPr="00A9653C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="fr-CH"/>
                 </w:rPr>
-                <w:t>suva.ch/</w:t>
+                <w:t>suva.ch/medical</w:t>
               </w:r>
-              <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">). </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3429EAE9" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>comme titre dans la newsletter pour annoncer la nouvelle édition (= «titre du teaser» de la newsletter).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00485BB0" w:rsidRPr="006B23C9" w14:paraId="20E12F22" w14:textId="77777777" w:rsidTr="00956252">
+      <w:tr w:rsidR="00485BB0" w:rsidRPr="0092227E" w14:paraId="20E12F22" w14:textId="77777777" w:rsidTr="00956252">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0C793489" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Aspects médico-légaux de la dissection de l’artère cervicale </w:t>
             </w:r>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
-              <w:t xml:space="preserve">(nombre de caractères, espaces </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> n= 55)</w:t>
+              <w:t>(nombre de caractères, espaces compris: n= 55)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00485BB0" w:rsidRPr="006B23C9" w14:paraId="6B2B1982" w14:textId="77777777" w:rsidTr="00956252">
+      <w:tr w:rsidR="00485BB0" w:rsidRPr="0092227E" w14:paraId="6B2B1982" w14:textId="77777777" w:rsidTr="00956252">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="79D9EA23" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Lead </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
-              <w:t>(«chapeau</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">») </w:t>
+              <w:t xml:space="preserve">(«chapeau») </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37F84929" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Au maximum 300 caractères (espaces compris). En cas de dépassement du nombre de caractères admis, la rédaction raccourcit le texte. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B1B7AE4" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="001C54AF" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
@@ -4126,93 +4087,70 @@
             <w:r w:rsidRPr="001C54AF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Le chapeau</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7846643A" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
-              <w:t>figure</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> en caractères gras sur </w:t>
+              <w:t xml:space="preserve">figure en caractères gras sur </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="00A9653C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="fr-CH"/>
                 </w:rPr>
-                <w:t>suva.ch/</w:t>
+                <w:t>suva.ch/medical</w:t>
               </w:r>
-              <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>ous l’image d’introduction de l’article.</w:t>
             </w:r>
@@ -4293,51 +4231,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">En cas de DAC, le plus grand défi pour les experts est de distinguer les déchirures de la paroi vasculaire spontanées de celles liées à un traumatisme. Nous décrivons des critères cliniques et diagnostiques plaidant en faveur d’une cause accidentelle au degré de la vraisemblance prépondérante. </w:t>
             </w:r>
             <w:r w:rsidRPr="003B0DBE">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Nombre de caractères, espaces compris: n=293)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00485BB0" w:rsidRPr="006B23C9" w14:paraId="27E994CB" w14:textId="77777777" w:rsidTr="00956252">
+      <w:tr w:rsidR="00485BB0" w:rsidRPr="0092227E" w14:paraId="27E994CB" w14:textId="77777777" w:rsidTr="00956252">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="68430237" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3002"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
@@ -4370,89 +4308,89 @@
               <w:t>Au maximum 160 caractères (espaces compris)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6830819F" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3002"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>À des fins d’optimisation pour les moteurs de recherche et pour les réseaux sociaux. Le lead apparaît par exemple sous le titre dans les résultats de recherche sur Google.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00485BB0" w:rsidRPr="006B23C9" w14:paraId="17D452EC" w14:textId="77777777" w:rsidTr="00956252">
+      <w:tr w:rsidR="00485BB0" w:rsidRPr="0092227E" w14:paraId="17D452EC" w14:textId="77777777" w:rsidTr="00956252">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="46FDF607" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH" w:eastAsia="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:t>Aucune entrée. La rédaction de Suva Medical s’en charge.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00485BB0" w:rsidRPr="006B23C9" w14:paraId="1759E8DB" w14:textId="77777777" w:rsidTr="00956252">
+      <w:tr w:rsidR="00485BB0" w:rsidRPr="0092227E" w14:paraId="1759E8DB" w14:textId="77777777" w:rsidTr="00956252">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="477DDC2F" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
@@ -4492,107 +4430,85 @@
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4274D69C" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>Entre quatre et huit mots-clés pour permettre de trouver l’article (p. ex. prothèse, exoprothèse, articulation artificielle, réadaptation)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00485BB0" w:rsidRPr="006B23C9" w14:paraId="0931EF96" w14:textId="77777777" w:rsidTr="00956252">
+      <w:tr w:rsidR="00485BB0" w:rsidRPr="0092227E" w14:paraId="0931EF96" w14:textId="77777777" w:rsidTr="00956252">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6F46C64A" w14:textId="77777777" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00485BB0" w:rsidP="00956252">
             <w:pPr>
               <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9653C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dissection </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> artère carotide interne; étiologie; causalité; traumatisme; sport; assurance; expertise; expert; médico-légal; Critères </w:t>
+              <w:t xml:space="preserve">Dissection cervicale; artère carotide interne; étiologie; causalité; traumatisme; sport; assurance; expertise; expert; médico-légal; Critères </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00485BB0" w:rsidRPr="00AD37BD" w14:paraId="1EB49AD7" w14:textId="77777777" w:rsidTr="00956252">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5BC0F3C7" w14:textId="046A9435" w:rsidR="00485BB0" w:rsidRPr="00A9653C" w:rsidRDefault="00781934" w:rsidP="00956252">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
@@ -4655,161 +4571,159 @@
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">ANNEXE: EXEMPLE de modèle complété pour le web </w:t>
       </w:r>
       <w:r w:rsidRPr="00A9653C">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>(voir plus haut partie A)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00956252" w:rsidRPr="00A9653C" w:rsidSect="004935F4">
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="851" w:right="1418" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7F072182" w14:textId="77777777" w:rsidR="00533616" w:rsidRDefault="00533616" w:rsidP="00533616">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="00103BC6" w14:textId="77777777" w:rsidR="00533616" w:rsidRDefault="00533616" w:rsidP="00533616">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="32597571" w14:textId="1F740856" w:rsidR="005C1CD6" w:rsidRPr="003370DE" w:rsidRDefault="006B23C9" w:rsidP="005C1CD6">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="32597571" w14:textId="3188872C" w:rsidR="005C1CD6" w:rsidRPr="003370DE" w:rsidRDefault="00357D9C" w:rsidP="005C1CD6">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>28.10.2024/</w:t>
+      <w:t>16.01.2026</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-    <w:r>
+    <w:r w:rsidR="006B23C9">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>roo</w:t>
+      <w:t>/roo</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="005C1CD6">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00956252">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="005C1CD6">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="16"/>
@@ -4909,76 +4823,76 @@
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003370DE">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="003370DE">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="784B4334" w14:textId="77777777" w:rsidR="00533616" w:rsidRDefault="00533616" w:rsidP="00533616">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5D0A3A1B" w14:textId="77777777" w:rsidR="00533616" w:rsidRDefault="00533616" w:rsidP="00533616">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1913256A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B8505070"/>
     <w:lvl w:ilvl="0" w:tplc="C34837A8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Webdings" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Webdings" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6682,77 +6596,77 @@
   <w:num w:numId="9" w16cid:durableId="367873290">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1793399264">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="69891215">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1886257830">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1877809134">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1033534370">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="511141588">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="57345"/>
+    <o:shapedefaults v:ext="edit" spidmax="63489"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E25C56"/>
     <w:rsid w:val="0000411F"/>
     <w:rsid w:val="00007029"/>
     <w:rsid w:val="0001558C"/>
     <w:rsid w:val="0002243F"/>
+    <w:rsid w:val="00022CF0"/>
     <w:rsid w:val="0002445D"/>
     <w:rsid w:val="00025880"/>
     <w:rsid w:val="00026660"/>
     <w:rsid w:val="00026827"/>
     <w:rsid w:val="00026999"/>
     <w:rsid w:val="000471FC"/>
     <w:rsid w:val="00047519"/>
     <w:rsid w:val="00060ACB"/>
     <w:rsid w:val="00064833"/>
     <w:rsid w:val="00066A80"/>
     <w:rsid w:val="00066F57"/>
     <w:rsid w:val="0007409F"/>
     <w:rsid w:val="0007438A"/>
     <w:rsid w:val="000760A3"/>
     <w:rsid w:val="00080319"/>
     <w:rsid w:val="000849C0"/>
     <w:rsid w:val="00087075"/>
     <w:rsid w:val="00087C84"/>
     <w:rsid w:val="000A1F59"/>
     <w:rsid w:val="000A2F11"/>
     <w:rsid w:val="000A4586"/>
     <w:rsid w:val="000A568C"/>
     <w:rsid w:val="000B708B"/>
     <w:rsid w:val="000C0715"/>
     <w:rsid w:val="000C5162"/>
@@ -6774,86 +6688,88 @@
     <w:rsid w:val="0016620A"/>
     <w:rsid w:val="001668C0"/>
     <w:rsid w:val="00167169"/>
     <w:rsid w:val="001702CE"/>
     <w:rsid w:val="001707B4"/>
     <w:rsid w:val="00170EC7"/>
     <w:rsid w:val="0017398F"/>
     <w:rsid w:val="00175541"/>
     <w:rsid w:val="00181A2F"/>
     <w:rsid w:val="001842B4"/>
     <w:rsid w:val="0019602E"/>
     <w:rsid w:val="001A53B7"/>
     <w:rsid w:val="001B61E7"/>
     <w:rsid w:val="001C54AF"/>
     <w:rsid w:val="001D3187"/>
     <w:rsid w:val="001E7980"/>
     <w:rsid w:val="00204D5D"/>
     <w:rsid w:val="00206E9B"/>
     <w:rsid w:val="00207372"/>
     <w:rsid w:val="00221B77"/>
     <w:rsid w:val="00224E26"/>
     <w:rsid w:val="00231885"/>
     <w:rsid w:val="0023502B"/>
     <w:rsid w:val="00235F7E"/>
     <w:rsid w:val="00236743"/>
+    <w:rsid w:val="00241446"/>
     <w:rsid w:val="00253785"/>
     <w:rsid w:val="00255C93"/>
     <w:rsid w:val="0025665B"/>
     <w:rsid w:val="0026062C"/>
     <w:rsid w:val="00267DD1"/>
     <w:rsid w:val="002735DD"/>
     <w:rsid w:val="0027470D"/>
     <w:rsid w:val="00276469"/>
     <w:rsid w:val="002769F0"/>
     <w:rsid w:val="00276A9F"/>
     <w:rsid w:val="002775EC"/>
     <w:rsid w:val="002811B5"/>
     <w:rsid w:val="002854E8"/>
     <w:rsid w:val="00291D27"/>
     <w:rsid w:val="00295CEF"/>
     <w:rsid w:val="002A0C88"/>
     <w:rsid w:val="002A563C"/>
     <w:rsid w:val="002B077F"/>
     <w:rsid w:val="002C32A9"/>
     <w:rsid w:val="002C360F"/>
     <w:rsid w:val="002E4216"/>
     <w:rsid w:val="002F131D"/>
     <w:rsid w:val="002F139C"/>
     <w:rsid w:val="002F1AD8"/>
     <w:rsid w:val="003005DA"/>
     <w:rsid w:val="00307FC0"/>
     <w:rsid w:val="00312F16"/>
     <w:rsid w:val="00314FB1"/>
     <w:rsid w:val="0032552F"/>
     <w:rsid w:val="003258A2"/>
     <w:rsid w:val="00335283"/>
     <w:rsid w:val="003370DE"/>
     <w:rsid w:val="00344A82"/>
     <w:rsid w:val="00355A45"/>
     <w:rsid w:val="00355D31"/>
     <w:rsid w:val="00356706"/>
+    <w:rsid w:val="00357D9C"/>
     <w:rsid w:val="00361F4A"/>
     <w:rsid w:val="00362FBF"/>
     <w:rsid w:val="00366E69"/>
     <w:rsid w:val="00372047"/>
     <w:rsid w:val="00374A19"/>
     <w:rsid w:val="00375552"/>
     <w:rsid w:val="0038333B"/>
     <w:rsid w:val="003B05FE"/>
     <w:rsid w:val="003B0DBE"/>
     <w:rsid w:val="003B224F"/>
     <w:rsid w:val="003B6559"/>
     <w:rsid w:val="003B6ACE"/>
     <w:rsid w:val="003B6B56"/>
     <w:rsid w:val="003C08E0"/>
     <w:rsid w:val="003C3C5E"/>
     <w:rsid w:val="003E096B"/>
     <w:rsid w:val="0040022B"/>
     <w:rsid w:val="004039ED"/>
     <w:rsid w:val="00403EB0"/>
     <w:rsid w:val="00415392"/>
     <w:rsid w:val="00416ABC"/>
     <w:rsid w:val="004232FB"/>
     <w:rsid w:val="004275AB"/>
     <w:rsid w:val="00430DB8"/>
     <w:rsid w:val="0043455D"/>
@@ -6910,50 +6826,51 @@
     <w:rsid w:val="005C4D84"/>
     <w:rsid w:val="005C6B12"/>
     <w:rsid w:val="005D1908"/>
     <w:rsid w:val="005D70C3"/>
     <w:rsid w:val="005D71B4"/>
     <w:rsid w:val="005E181E"/>
     <w:rsid w:val="005E2BF6"/>
     <w:rsid w:val="005E645B"/>
     <w:rsid w:val="005F049A"/>
     <w:rsid w:val="005F66FB"/>
     <w:rsid w:val="006007B6"/>
     <w:rsid w:val="00601DFC"/>
     <w:rsid w:val="0060294C"/>
     <w:rsid w:val="00617276"/>
     <w:rsid w:val="006178DC"/>
     <w:rsid w:val="006243DF"/>
     <w:rsid w:val="006345F1"/>
     <w:rsid w:val="00635E43"/>
     <w:rsid w:val="00640C21"/>
     <w:rsid w:val="00641BA3"/>
     <w:rsid w:val="00641D28"/>
     <w:rsid w:val="00651583"/>
     <w:rsid w:val="00654C0B"/>
     <w:rsid w:val="006631B9"/>
     <w:rsid w:val="0066409E"/>
+    <w:rsid w:val="006720BC"/>
     <w:rsid w:val="00675FF0"/>
     <w:rsid w:val="00680D00"/>
     <w:rsid w:val="00682522"/>
     <w:rsid w:val="006825B4"/>
     <w:rsid w:val="00693863"/>
     <w:rsid w:val="00695A82"/>
     <w:rsid w:val="006A0302"/>
     <w:rsid w:val="006A0542"/>
     <w:rsid w:val="006A427B"/>
     <w:rsid w:val="006A5ED4"/>
     <w:rsid w:val="006B23C9"/>
     <w:rsid w:val="006B3BD8"/>
     <w:rsid w:val="006B4CF6"/>
     <w:rsid w:val="006C19F4"/>
     <w:rsid w:val="006C1EB7"/>
     <w:rsid w:val="006C6E9E"/>
     <w:rsid w:val="006E1CA8"/>
     <w:rsid w:val="006E1D54"/>
     <w:rsid w:val="006E1F2D"/>
     <w:rsid w:val="006E3065"/>
     <w:rsid w:val="006E63B2"/>
     <w:rsid w:val="006F032B"/>
     <w:rsid w:val="007046CA"/>
     <w:rsid w:val="007143F6"/>
     <w:rsid w:val="00716241"/>
@@ -6997,56 +6914,58 @@
     <w:rsid w:val="008278CA"/>
     <w:rsid w:val="008357C9"/>
     <w:rsid w:val="0083799F"/>
     <w:rsid w:val="00840B9E"/>
     <w:rsid w:val="00843D08"/>
     <w:rsid w:val="00846466"/>
     <w:rsid w:val="00851E5D"/>
     <w:rsid w:val="00860A94"/>
     <w:rsid w:val="00871EB7"/>
     <w:rsid w:val="008728E1"/>
     <w:rsid w:val="00886377"/>
     <w:rsid w:val="00886DE3"/>
     <w:rsid w:val="00887BC4"/>
     <w:rsid w:val="00892FAF"/>
     <w:rsid w:val="008947CB"/>
     <w:rsid w:val="008A4FD6"/>
     <w:rsid w:val="008B17D4"/>
     <w:rsid w:val="008B4C50"/>
     <w:rsid w:val="008B6481"/>
     <w:rsid w:val="008C0616"/>
     <w:rsid w:val="008C5431"/>
     <w:rsid w:val="008D1B43"/>
     <w:rsid w:val="008F0EF2"/>
     <w:rsid w:val="00905EDC"/>
     <w:rsid w:val="0092177B"/>
+    <w:rsid w:val="0092227E"/>
     <w:rsid w:val="00932D45"/>
     <w:rsid w:val="00941ECE"/>
     <w:rsid w:val="0094251F"/>
     <w:rsid w:val="00943FCA"/>
     <w:rsid w:val="009508C9"/>
     <w:rsid w:val="00951058"/>
+    <w:rsid w:val="00952705"/>
     <w:rsid w:val="00956252"/>
     <w:rsid w:val="00960D5D"/>
     <w:rsid w:val="00980687"/>
     <w:rsid w:val="00982B47"/>
     <w:rsid w:val="00982BC2"/>
     <w:rsid w:val="0099646F"/>
     <w:rsid w:val="0099736C"/>
     <w:rsid w:val="009A3311"/>
     <w:rsid w:val="009A4699"/>
     <w:rsid w:val="009C46B1"/>
     <w:rsid w:val="009C6C69"/>
     <w:rsid w:val="009C7AB2"/>
     <w:rsid w:val="009D0740"/>
     <w:rsid w:val="009D4758"/>
     <w:rsid w:val="009E18B8"/>
     <w:rsid w:val="009F41C9"/>
     <w:rsid w:val="009F71CA"/>
     <w:rsid w:val="00A03538"/>
     <w:rsid w:val="00A1313A"/>
     <w:rsid w:val="00A135BC"/>
     <w:rsid w:val="00A15F94"/>
     <w:rsid w:val="00A17DF5"/>
     <w:rsid w:val="00A32A3A"/>
     <w:rsid w:val="00A351D3"/>
     <w:rsid w:val="00A35393"/>
@@ -7240,65 +7159,65 @@
     <w:rsid w:val="00FD1691"/>
     <w:rsid w:val="00FD5886"/>
     <w:rsid w:val="00FE0926"/>
     <w:rsid w:val="00FE349F"/>
     <w:rsid w:val="00FE4233"/>
     <w:rsid w:val="00FF098F"/>
     <w:rsid w:val="00FF1040"/>
     <w:rsid w:val="00FF2163"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="57345"/>
+    <o:shapedefaults v:ext="edit" spidmax="63489"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="54D57605"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C5F0DD6B-7824-4DA8-8976-96E9CE3CE8D3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7876,51 +7795,51 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00533616"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berarbeitung">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CC58CE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suva.ch/fr-ch/accident/pour-les-fournisseurs-de-prestations/suva-medical" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fmh.ch/fr/themes/qualite-asqm/registres/registres-medicaux.cfm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marie.exemple@suva.ch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ichom.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suva.ch/fr-ch/accident/pour-les-fournisseurs-de-prestations/suva-medical" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.wikipedia.org/wiki/Digital_Object_Identifier" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suva.ch/fr-ch/accident/pour-les-fournisseurs-de-prestations/suva-medical" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nlmcatalog?Db=journals&amp;amp;Cmd=DetailsSearch&amp;amp;Term=currentlyindexed%5BAll%5D" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suva.ch/fr-ch/accident/pour-les-fournisseurs-de-prestations/suva-medical" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marie.exemple@suva.ch" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -8192,70 +8111,70 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{40f20d95-30f1-4757-92d7-5495691a0c29}" enabled="1" method="Privileged" siteId="{98616167-5668-4e66-acbf-925e81df8b00}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1580</Words>
-  <Characters>9961</Characters>
+  <Words>1588</Words>
+  <Characters>10008</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>83</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11518</CharactersWithSpaces>
+  <CharactersWithSpaces>11573</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Roos Sandra (ROO)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>